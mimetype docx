--- v0 (2025-11-13)
+++ v1 (2026-03-27)
@@ -19,147 +19,95 @@
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="050BB3DE" w14:textId="6F6333CB" w:rsidR="00E67C04" w:rsidRPr="00411DA1" w:rsidRDefault="00E67C04" w:rsidP="0026010D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00411DA1">
+      <w:r w:rsidRPr="00D7297A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Instructions for the authors: insert your text into this file and use the styles provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CFFFB61" w14:textId="77777777" w:rsidR="00E67C04" w:rsidRPr="00411DA1" w:rsidRDefault="00E67C04" w:rsidP="00E67C04">
       <w:pPr>
         <w:pStyle w:val="PText"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BBAB940" w14:textId="77777777" w:rsidR="00E67C04" w:rsidRPr="00411DA1" w:rsidRDefault="00E67C04" w:rsidP="00411DA1"/>
     <w:p w14:paraId="193D06EA" w14:textId="3EF87EEC" w:rsidR="001E135B" w:rsidRPr="00411DA1" w:rsidRDefault="001E135B" w:rsidP="00411DA1">
       <w:pPr>
         <w:pStyle w:val="PArticlestitle"/>
       </w:pPr>
       <w:r w:rsidRPr="00411DA1">
         <w:t>Title of the article</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B11185" w14:textId="53185624" w:rsidR="00AB5F0D" w:rsidRPr="00CE2869" w:rsidRDefault="00E679AD" w:rsidP="00A91D60">
+    <w:p w14:paraId="51B11185" w14:textId="4E4D43EF" w:rsidR="00AB5F0D" w:rsidRPr="00CE2869" w:rsidRDefault="00AB5F0D" w:rsidP="00A91D60">
       <w:pPr>
         <w:pStyle w:val="PAuthor"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C2D05">
-[...52 lines deleted...]
-      <w:r w:rsidR="00AB5F0D" w:rsidRPr="00A91D60">
+      <w:r w:rsidRPr="00A91D60">
         <w:t>Author</w:t>
       </w:r>
       <w:r w:rsidR="00FD06C7" w:rsidRPr="00A91D60">
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00AB5F0D" w:rsidRPr="00A91D60">
+      <w:r w:rsidRPr="00A91D60">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00AB5F0D">
+      <w:r>
         <w:t xml:space="preserve"> name</w:t>
       </w:r>
       <w:r w:rsidR="00FD06C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B5324" w:rsidRPr="00685CA9">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(to be added after peer review)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10FA06FE" w14:textId="11A8CCFC" w:rsidR="00AB5F0D" w:rsidRPr="00403E4E" w:rsidRDefault="00AB5F0D" w:rsidP="00367F9E">
       <w:pPr>
         <w:pStyle w:val="PAuthoraffiliation"/>
       </w:pPr>
       <w:r w:rsidRPr="00AB5F0D">
         <w:t xml:space="preserve">Institutional </w:t>
       </w:r>
       <w:r w:rsidRPr="00367F9E">
         <w:t>affiliation</w:t>
       </w:r>
       <w:r w:rsidR="004B5324">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -333,51 +281,58 @@
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48D01786" w14:textId="21EB1ADF" w:rsidR="00DE06B5" w:rsidRDefault="00DE06B5" w:rsidP="2684732D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B358CAE" w14:textId="77777777" w:rsidR="00DE06B5" w:rsidRDefault="00DE06B5" w:rsidP="2684732D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EE66A38" w14:textId="7FFF6CD4" w:rsidR="00DE06B5" w:rsidRDefault="00DE06B5" w:rsidP="2684732D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C589DD6" w14:textId="6A503D9E" w:rsidR="004A1426" w:rsidRPr="00F335ED" w:rsidRDefault="00DE06B5" w:rsidP="004A1426">
+    <w:p w14:paraId="0DF46C27" w14:textId="77777777" w:rsidR="00E93172" w:rsidRDefault="00E93172" w:rsidP="2684732D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C589DD6" w14:textId="4F941F14" w:rsidR="004A1426" w:rsidRPr="00F335ED" w:rsidRDefault="00DE06B5" w:rsidP="6BB4A834">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D429683" wp14:editId="2432759C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-80645</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>134620</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5886450" cy="19050"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="424432278" name="Connecteur droit 1"/>
@@ -405,215 +360,301 @@
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict>
               <v:line id="Connecteur droit 1" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="#c00000" strokeweight="1.5pt" from="-6.35pt,10.6pt" to="457.15pt,12.1pt" w14:anchorId="35261277" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRPGI2wgEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LdJnAFyzk4SC9F&#10;G/R1p6mlRYAvLFlL/vsuKVkJ2gIBiuqw4GNndme42t2N1rAzYNTetXy9qjkDJ32n3anl3789vNly&#10;FpNwnTDeQcsvEPnd/vWr3RAa2Pjemw6QEYmLzRBa3qcUmqqKsgcr4soHcHSpPFqRaIunqkMxELs1&#10;1aaub6vBYxfQS4iRTu+nS74v/EqBTJ+VipCYaTn1lkrEEo85VvudaE4oQq/l3Ib4hy6s0I6KLlT3&#10;Ign2E/UfVFZL9NGrtJLeVl4pLaFoIDXr+jc1X3sRoGghc2JYbIr/j1Z+Oh/cI5INQ4hNDI+YVYwK&#10;LVNGhx/0pkUXdcrGYttlsQ3GxCQd3my3t+9uyF1Jd+v3NS2Jr5poMl3AmD6AtywvWm60y6pEI84f&#10;Y5pSryn52Lgcoze6e9DGlA2ejgeD7CzoHQ91/uYaz9KoYoZWT0rKKl0MTLRfQDHdUcdvS/kyZLDQ&#10;CinBpfXMaxxlZ5iiFhZg/TJwzs9QKAO4gDcvgxdEqexdWsBWO49/I0jjtWU15V8dmHRnC46+u5Q3&#10;LtbQJJXXmac+j+rzfYE//Zv7XwAAAP//AwBQSwMEFAAGAAgAAAAhABqQVJjdAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxaJ6aCEuJUCKnLLFr4ADuePNp4HGynTf8es4Ll&#10;zBzdObfcLXZkF/RhcCQhX2fAkBpnBuokfH3uV1tgISoyanSEEm4YYFfd35WqMO5KB7wcY8dSCIVC&#10;SehjnArOQ9OjVWHtJqR0a523KqbRd9x4dU3hduQiy565VQOlD72a8KPH5nycrYRa2wPqU7utm/nW&#10;7uvMf/NFS/n4sLy/AYu4xD8YfvWTOlTJSbuZTGCjhFUuXhIqQeQCWAJe880TMJ0WGwG8Kvn/BtUP&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFE8YjbCAQAA4wMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABqQVJjdAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAHAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAmBQAAAAA=&#10;">
                 <v:stroke joinstyle="miter"/>
                 <w10:wrap anchorx="margin"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="2BE98AE7" w:rsidRPr="00143F02">
+      <w:r w:rsidR="00AE5DCD" w:rsidRPr="004C2D05">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39782E2D" wp14:editId="52905527">
+            <wp:extent cx="152400" cy="152400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="5" name="Obraz 5">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8"/>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="5" name="Obraz 5">
+                      <a:hlinkClick r:id="rId8"/>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="152400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="1678E1EC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="18EBD3F8" w:rsidRPr="00143F02">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="E46C09"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>CONTACT</w:t>
       </w:r>
-      <w:r w:rsidR="2BE98AE7" w:rsidRPr="00143F02">
+      <w:r w:rsidR="18EBD3F8" w:rsidRPr="00143F02">
         <w:rPr>
           <w:color w:val="E46C09"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="2BE98AE7" w:rsidRPr="2684732D">
+      <w:r w:rsidR="18EBD3F8" w:rsidRPr="2684732D">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Author’s name, </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Author’s name,</w:t>
+      </w:r>
+      <w:r w:rsidR="540B74F2" w:rsidRPr="6BB4A834">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="E46C09"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
-        <w:t xml:space="preserve">E-Mail, </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> E-Mail</w:t>
+      </w:r>
+      <w:r w:rsidR="3E82EFD4" w:rsidRPr="56E50772">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="17ADA482" w:rsidRPr="56E50772">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3E82EFD4">
+        <w:rPr>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
         <w:t xml:space="preserve">Author’s </w:t>
       </w:r>
-      <w:r w:rsidR="2BE98AE7" w:rsidRPr="2684732D">
+      <w:r w:rsidR="18EBD3F8" w:rsidRPr="56E50772">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>affiliation, Affiliation address, ZIP code City, Country</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="2300DA0F" w:rsidRPr="2684732D">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="2300DA0F" w:rsidRPr="56E50772">
         <w:t>Author’s ORCID iD</w:t>
       </w:r>
-      <w:r w:rsidR="7B8F2FAB" w:rsidRPr="2684732D">
+      <w:r w:rsidR="63DAD471" w:rsidRPr="56E50772">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="7B8F2FAB" w:rsidRPr="2684732D">
+      <w:r w:rsidR="63DAD471" w:rsidRPr="56E50772">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(to be added after peer review)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2503D31D" w14:textId="77777777" w:rsidR="004A1426" w:rsidRPr="00F335ED" w:rsidRDefault="004A1426" w:rsidP="004A1426">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7830"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5313F022" w14:textId="6A2076FB" w:rsidR="004A1426" w:rsidRPr="00DE06B5" w:rsidRDefault="004A1426" w:rsidP="00E32D83">
       <w:pPr>
         <w:pStyle w:val="PText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
         </w:rPr>
         <w:sectPr w:rsidR="004A1426" w:rsidRPr="00DE06B5" w:rsidSect="00DE06B5">
           <w:headerReference w:type="default" r:id="rId10"/>
           <w:footerReference w:type="even" r:id="rId11"/>
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="284" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="510B3DDA" w14:textId="695A6155" w:rsidR="00C43CC9" w:rsidRPr="00AB5F0D" w:rsidRDefault="00A75333" w:rsidP="00EE212A">
+    <w:p w14:paraId="510B3DDA" w14:textId="695A6155" w:rsidR="00C43CC9" w:rsidRPr="00AB5F0D" w:rsidRDefault="00A75333" w:rsidP="006554AF">
       <w:pPr>
         <w:pStyle w:val="PNumberedSectionTitle1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00411DA1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Numbered s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00571359" w:rsidRPr="00411DA1">
+        <w:t xml:space="preserve">Numbered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006554AF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00571359" w:rsidRPr="006554AF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
         <w:t>ection</w:t>
       </w:r>
       <w:r w:rsidR="00571359" w:rsidRPr="00AB5F0D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EBBA4F0" w14:textId="77777777" w:rsidR="00086D4A" w:rsidRPr="00086D4A" w:rsidRDefault="00086D4A" w:rsidP="00086D4A">
+    <w:p w14:paraId="4EBBA4F0" w14:textId="77777777" w:rsidR="00086D4A" w:rsidRPr="00086D4A" w:rsidRDefault="00086D4A" w:rsidP="006554AF">
       <w:pPr>
         <w:pStyle w:val="PText"/>
       </w:pPr>
       <w:r w:rsidRPr="00086D4A">
-        <w:t>This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph</w:t>
+        <w:t xml:space="preserve">This is the text of a normal paragraph. This is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006554AF">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086D4A">
+        <w:t xml:space="preserve"> text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph</w:t>
       </w:r>
       <w:r w:rsidRPr="00086D4A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00086D4A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB36B53" w14:textId="77777777" w:rsidR="00086D4A" w:rsidRPr="00086D4A" w:rsidRDefault="00086D4A" w:rsidP="00086D4A">
+    <w:p w14:paraId="0FB36B53" w14:textId="77777777" w:rsidR="00086D4A" w:rsidRPr="00086D4A" w:rsidRDefault="00086D4A" w:rsidP="006554AF">
       <w:pPr>
         <w:pStyle w:val="PQuotation"/>
       </w:pPr>
       <w:r w:rsidRPr="00086D4A">
         <w:t xml:space="preserve">This is an example of a quotation. This is an example of a quotation. This is an example of a quotation. This is an example of a quotation. This is an example of a quotation. This is an example of a quotation. This is an example of a quotation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71290459" w14:textId="77777777" w:rsidR="00086D4A" w:rsidRPr="00086D4A" w:rsidRDefault="00086D4A" w:rsidP="00086D4A">
+    <w:p w14:paraId="71290459" w14:textId="77777777" w:rsidR="00086D4A" w:rsidRPr="00086D4A" w:rsidRDefault="00086D4A" w:rsidP="006554AF">
       <w:pPr>
         <w:pStyle w:val="PText"/>
       </w:pPr>
       <w:r w:rsidRPr="00086D4A">
-        <w:t>This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph</w:t>
+        <w:t xml:space="preserve">This is the text of a normal paragraph. This is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006554AF">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086D4A">
+        <w:t xml:space="preserve"> text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph</w:t>
       </w:r>
       <w:r w:rsidRPr="00086D4A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="00086D4A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="551D2066" w14:textId="77777777" w:rsidR="00943968" w:rsidRDefault="00943968" w:rsidP="00943968">
       <w:pPr>
         <w:pStyle w:val="PText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="375E8820" w14:textId="77777777" w:rsidR="008800FA" w:rsidRPr="00763EE4" w:rsidRDefault="008800FA" w:rsidP="00792407">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00763EE4">
         <w:rPr>
@@ -645,707 +686,883 @@
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4404088" cy="2021395"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4098F6B0" w14:textId="7860A2E6" w:rsidR="008800FA" w:rsidRPr="00571359" w:rsidRDefault="008800FA" w:rsidP="00086D4A">
+    <w:p w14:paraId="4098F6B0" w14:textId="7860A2E6" w:rsidR="008800FA" w:rsidRPr="00571359" w:rsidRDefault="008800FA" w:rsidP="006554AF">
       <w:pPr>
         <w:pStyle w:val="PFigurelegend"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571359">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 1. </w:t>
       </w:r>
       <w:r w:rsidR="00A75333" w:rsidRPr="00571359">
         <w:t>Text of the legend</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="781C3B8B" w14:textId="6F4A0526" w:rsidR="008800FA" w:rsidRPr="003B6F0C" w:rsidRDefault="00A75333" w:rsidP="00EE212A">
+    <w:p w14:paraId="781C3B8B" w14:textId="6F4A0526" w:rsidR="008800FA" w:rsidRPr="003B6F0C" w:rsidRDefault="00A75333" w:rsidP="006554AF">
       <w:pPr>
         <w:pStyle w:val="PNumberedSectionSubTitle11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003B6F0C">
-        <w:t>Numbered subtitle</w:t>
+        <w:t xml:space="preserve">Numbered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006554AF">
+        <w:t>subtitle</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CBDD5F7" w14:textId="1B3877E2" w:rsidR="00943968" w:rsidRDefault="00ED4F45" w:rsidP="00943968">
+    <w:p w14:paraId="4CBDD5F7" w14:textId="1B3877E2" w:rsidR="00943968" w:rsidRDefault="00ED4F45" w:rsidP="006554AF">
+      <w:pPr>
+        <w:pStyle w:val="PText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4F45">
+        <w:t xml:space="preserve">This is the text of a normal paragraph. This is the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006554AF">
+        <w:t>text</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4F45">
+        <w:t xml:space="preserve"> of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6271D55E" w14:textId="19210801" w:rsidR="008800FA" w:rsidRDefault="00A75333" w:rsidP="006554AF">
+      <w:pPr>
+        <w:pStyle w:val="PNumberedSectionSubTitle2111"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6F0C">
+        <w:t>Numbered</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006554AF">
+        <w:t>subtitle</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FBFAE5F" w14:textId="4CBAFC69" w:rsidR="00943968" w:rsidRDefault="00ED4F45" w:rsidP="006554AF">
       <w:pPr>
         <w:pStyle w:val="PText"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED4F45">
         <w:t>This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6271D55E" w14:textId="19210801" w:rsidR="008800FA" w:rsidRDefault="00A75333" w:rsidP="00EE212A">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> subtitle</w:t>
+    <w:p w14:paraId="31CA856F" w14:textId="080344B4" w:rsidR="00E548CF" w:rsidRDefault="00E548CF" w:rsidP="00E548CF">
+      <w:pPr>
+        <w:pStyle w:val="PBulletpointlist"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E548CF">
+        <w:t>This is an example of bullet point list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FBFAE5F" w14:textId="4CBAFC69" w:rsidR="00943968" w:rsidRDefault="00ED4F45" w:rsidP="00943968">
+    <w:p w14:paraId="529BCF7D" w14:textId="40A96FF9" w:rsidR="00E84F79" w:rsidRDefault="00E84F79" w:rsidP="00E84F79">
+      <w:pPr>
+        <w:pStyle w:val="PBulletpointlist"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E548CF">
+        <w:t>This is an example of bullet point list.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4A74B3" w14:textId="57C80789" w:rsidR="00E84F79" w:rsidRDefault="00E84F79" w:rsidP="006554AF">
       <w:pPr>
         <w:pStyle w:val="PText"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED4F45">
         <w:t>This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31CA856F" w14:textId="080344B4" w:rsidR="00E548CF" w:rsidRDefault="00E548CF" w:rsidP="00E548CF">
-[...4 lines deleted...]
-        <w:t>This is an example of bullet point list.</w:t>
+    <w:p w14:paraId="345D71F4" w14:textId="2287EFBB" w:rsidR="00B218DC" w:rsidRDefault="00B218DC" w:rsidP="00454B5C">
+      <w:pPr>
+        <w:pStyle w:val="Palphabeticallist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">This in an example of </w:t>
+      </w:r>
+      <w:r w:rsidR="00E84F79">
+        <w:t>alphabetical</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529BCF7D" w14:textId="40A96FF9" w:rsidR="00E84F79" w:rsidRDefault="00E84F79" w:rsidP="00E84F79">
-[...4 lines deleted...]
-        <w:t>This is an example of bullet point list.</w:t>
+    <w:p w14:paraId="0C988029" w14:textId="08C71E6D" w:rsidR="00E84F79" w:rsidRDefault="00E84F79" w:rsidP="00E84F79">
+      <w:pPr>
+        <w:pStyle w:val="Palphabeticallist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This is an example of alphabetical list. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226BE3AD" w14:textId="77777777" w:rsidR="00E84F79" w:rsidRDefault="00E84F79" w:rsidP="00E84F79">
+    <w:p w14:paraId="52D1471B" w14:textId="28E21A08" w:rsidR="00E84F79" w:rsidRDefault="00E84F79" w:rsidP="00E84F79">
       <w:pPr>
         <w:pStyle w:val="PText"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED4F45">
         <w:t>This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4A74B3" w14:textId="77777777" w:rsidR="00E84F79" w:rsidRDefault="00E84F79" w:rsidP="00E84F79">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3AA2C9D8" w14:textId="56759F48" w:rsidR="00B218DC" w:rsidRDefault="006A64CB" w:rsidP="00454B5C">
+      <w:pPr>
+        <w:pStyle w:val="PNumberedlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This is an example of numbered list.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="345D71F4" w14:textId="2287EFBB" w:rsidR="00B218DC" w:rsidRDefault="00B218DC" w:rsidP="00454B5C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Palphabeticallist"/>
+    <w:p w14:paraId="4C98FC13" w14:textId="3DE3E0E8" w:rsidR="006D33C8" w:rsidRDefault="006D33C8" w:rsidP="00454B5C">
+      <w:pPr>
+        <w:pStyle w:val="PNumberedlist"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">This in an example of </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> list.</w:t>
+        <w:t>This is an example of numbered list</w:t>
+      </w:r>
+      <w:r w:rsidR="00953671">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C988029" w14:textId="08C71E6D" w:rsidR="00E84F79" w:rsidRDefault="00E84F79" w:rsidP="00E84F79">
-[...7 lines deleted...]
-    <w:p w14:paraId="52D1471B" w14:textId="28E21A08" w:rsidR="00E84F79" w:rsidRDefault="00E84F79" w:rsidP="00E84F79">
+    <w:p w14:paraId="05FDD079" w14:textId="302708B1" w:rsidR="006D33C8" w:rsidRPr="00E548CF" w:rsidRDefault="006D33C8" w:rsidP="00454B5C">
       <w:pPr>
         <w:pStyle w:val="PText"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED4F45">
         <w:t>This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA2C9D8" w14:textId="56759F48" w:rsidR="00B218DC" w:rsidRDefault="006A64CB" w:rsidP="00454B5C">
-[...4 lines deleted...]
-        <w:t>This is an example of numbered list.</w:t>
+    <w:p w14:paraId="641A9EDD" w14:textId="3CBE9FEB" w:rsidR="00C43CC9" w:rsidRPr="00763EE4" w:rsidRDefault="00ED4F45" w:rsidP="006554AF">
+      <w:pPr>
+        <w:pStyle w:val="PNumberedSectionTitle1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_ENREF_1"/>
+      <w:r w:rsidRPr="006554AF">
+        <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C98FC13" w14:textId="3DE3E0E8" w:rsidR="006D33C8" w:rsidRDefault="006D33C8" w:rsidP="00454B5C">
-[...6 lines deleted...]
-      <w:r w:rsidR="00953671">
+    <w:p w14:paraId="0CFE29D0" w14:textId="40C78685" w:rsidR="00423346" w:rsidRPr="006554AF" w:rsidRDefault="00D91788" w:rsidP="006554AF">
+      <w:pPr>
+        <w:pStyle w:val="PBibliography"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006554AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reminder: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45A40">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75333" w:rsidRPr="006554AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ist </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00D26BFB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all and </w:t>
+      </w:r>
+      <w:r w:rsidR="00203579" w:rsidRPr="006554AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">only </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45A40">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>the works</w:t>
+      </w:r>
+      <w:r w:rsidR="00203579" w:rsidRPr="006554AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cited.</w:t>
+      </w:r>
+      <w:r w:rsidR="00423346" w:rsidRPr="006554AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16DFF82C" w14:textId="386EDF67" w:rsidR="00D46E11" w:rsidRDefault="00423346" w:rsidP="00CE6A63">
+      <w:pPr>
+        <w:pStyle w:val="PBibliography"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006554AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please follow </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6832" w:rsidRPr="006554AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>APA 7th Edition</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006554AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45A40">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">guidelines </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006554AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07BCE" w:rsidRPr="006554AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">instructions provided </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006554AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>in the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45A40">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00E45A40" w:rsidRPr="005274B3">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:i/>
+            <w:iCs/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>Manuscript submission guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E45A40">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidRPr="006554AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="05FDD079" w14:textId="302708B1" w:rsidR="006D33C8" w:rsidRPr="00E548CF" w:rsidRDefault="006D33C8" w:rsidP="00454B5C">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="3EBAC1AB" w14:textId="77777777" w:rsidR="00CE6A63" w:rsidRPr="006554AF" w:rsidRDefault="00CE6A63" w:rsidP="00CE6A63">
+      <w:pPr>
+        <w:pStyle w:val="PBibliography"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="641A9EDD" w14:textId="3CBE9FEB" w:rsidR="00C43CC9" w:rsidRPr="00763EE4" w:rsidRDefault="00ED4F45" w:rsidP="003B6F0C">
-[...44 lines deleted...]
-    <w:p w14:paraId="27B0FB6F" w14:textId="7310ACA2" w:rsidR="00423346" w:rsidRPr="008E7BF8" w:rsidRDefault="00423346" w:rsidP="00423346">
+    <w:p w14:paraId="27B0FB6F" w14:textId="7310ACA2" w:rsidR="00423346" w:rsidRPr="008E7BF8" w:rsidRDefault="1B122228" w:rsidP="00B0751F">
       <w:pPr>
         <w:pStyle w:val="PBibliography"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C07BCE">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="6087D43D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Depecker</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="6087D43D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>Depecker, L. (2000). Le signe entre signifié et concept. In H. Béjoint &amp; P. Thoiron (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C644FE">
+        <w:t>, L. (2000). Le signe entre signifié et concept. In H. Béjoint &amp; P. Thoiron (</w:t>
+      </w:r>
+      <w:r w:rsidR="26D32DC1" w:rsidRPr="6087D43D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Eds</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C07BCE">
+      <w:r w:rsidRPr="6087D43D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">.), </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C07BCE">
+      <w:r w:rsidRPr="6087D43D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
+          <w:iCs/>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Le sens en terminologie</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C07BCE">
+      <w:r w:rsidRPr="6087D43D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="008E7BF8">
+        <w:t xml:space="preserve"> (pp. 86-126). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6087D43D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Presses universitaires de Lyon.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E7FF48" w14:textId="51229171" w:rsidR="00FA50F5" w:rsidRDefault="283D69B6" w:rsidP="66ADA4C9">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3832A6BB" w14:textId="77777777" w:rsidR="00F5239B" w:rsidRDefault="6CD1D78C" w:rsidP="00585EAF">
+      <w:pPr>
+        <w:pStyle w:val="PBibliography"/>
+      </w:pPr>
+      <w:r w:rsidRPr="2346005D">
+        <w:rPr>
+          <w:rStyle w:val="PBibliographyCar"/>
+        </w:rPr>
         <w:t xml:space="preserve">Derico, B., &amp; Kleinman, Z. (2023, November 7). OpenAI announces ChatGPT successor GPT-4. BBC News. </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:fldChar w:fldCharType="separate"/>
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="2346005D">
+          <w:rPr>
+            <w:rStyle w:val="PBibliographyCar"/>
+          </w:rPr>
+          <w:t>https://www.bbc.com/news/technology-64959346</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="6E0C8513" w:rsidRPr="2346005D">
+        <w:rPr>
+          <w:rStyle w:val="PBibliographyCar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2346005D">
+        <w:rPr>
+          <w:rStyle w:val="PBibliographyCar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A572838" w14:textId="77777777" w:rsidR="00F5239B" w:rsidRDefault="2AC1B7A2" w:rsidP="00585EAF">
+      <w:pPr>
+        <w:pStyle w:val="PBibliography"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00585EAF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Bolaños</w:t>
       </w:r>
       <w:r w:rsidRPr="1D559E28">
-        <w:rPr>
-[...17 lines deleted...]
-      <w:r w:rsidR="2AC1B7A2" w:rsidRPr="1D559E28">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bolaños-García-Escribano, A., Díaz Cintas, J., &amp; Massidda, S. (2021). Latest advancements in audiovisual translation education. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="2AC1B7A2" w:rsidRPr="1D559E28">
+        <w:t xml:space="preserve">-García-Escribano, A., Díaz Cintas, J., &amp; Massidda, S. (2021). Latest advancements in audiovisual translation education. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>The Interpreter and Translator Trainer, 15</w:t>
       </w:r>
-      <w:r w:rsidR="2AC1B7A2" w:rsidRPr="1D559E28">
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>(1), 1-12.</w:t>
       </w:r>
       <w:r w:rsidR="00423346">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId14">
-        <w:r w:rsidR="2AC1B7A2" w:rsidRPr="1D559E28">
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidRPr="1D559E28">
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>https://doi.org/10.1080/1750399X.2021.1880308</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="2AC1B7A2" w:rsidRPr="1D559E28">
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00423346">
-[...2 lines deleted...]
-      <w:r w:rsidR="2E8C1EEA" w:rsidRPr="1D559E28">
+    </w:p>
+    <w:p w14:paraId="2044BC9C" w14:textId="77777777" w:rsidR="00F5239B" w:rsidRDefault="2E8C1EEA" w:rsidP="00585EAF">
+      <w:pPr>
+        <w:pStyle w:val="PBibliography"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00585EAF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Hewson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
-        <w:t xml:space="preserve">Hewson, L. (2011). </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="2E8C1EEA" w:rsidRPr="1D559E28">
+        <w:t xml:space="preserve">, L. (2011). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>An approach to translation criticism.</w:t>
       </w:r>
-      <w:r w:rsidR="2E8C1EEA" w:rsidRPr="1D559E28">
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> Emma </w:t>
       </w:r>
-      <w:r w:rsidR="2E8C1EEA" w:rsidRPr="1D559E28">
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="2E8C1EEA" w:rsidRPr="1D559E28">
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Madame Bovary </w:t>
       </w:r>
-      <w:r w:rsidR="2E8C1EEA" w:rsidRPr="1D559E28">
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>in translation.</w:t>
       </w:r>
-      <w:r w:rsidR="2E8C1EEA" w:rsidRPr="1D559E28">
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="659917CF" w:rsidRPr="00707876">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">John </w:t>
       </w:r>
-      <w:r w:rsidR="2E8C1EEA" w:rsidRPr="00707876">
+      <w:r w:rsidRPr="00707876">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Benjamins.</w:t>
       </w:r>
       <w:r w:rsidR="59395520" w:rsidRPr="00707876">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId17">
         <w:r w:rsidR="59395520" w:rsidRPr="00707876">
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
           </w:rPr>
           <w:t>https://doi.org/10.1075/btl.95</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="59395520" w:rsidRPr="00707876">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00423346">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Peraldi, F. (1982a). </w:t>
+    </w:p>
+    <w:p w14:paraId="2EE62A82" w14:textId="4D52EF5B" w:rsidR="00F5239B" w:rsidRDefault="2E8C1EEA" w:rsidP="00585EAF">
+      <w:pPr>
+        <w:pStyle w:val="PBibliography"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00585EAF">
+        <w:t>Peraldi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707876">
+        <w:t xml:space="preserve">, F. (1982a). </w:t>
       </w:r>
       <w:r w:rsidR="54CBFCBF" w:rsidRPr="1D559E28">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Présentation</w:t>
       </w:r>
-      <w:r w:rsidR="2E8C1EEA" w:rsidRPr="1D559E28">
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="2E8C1EEA" w:rsidRPr="1D559E28">
+      <w:r w:rsidRPr="00F5239B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>Meta, 27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5239B">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 126-128. </w:t>
+      </w:r>
+      <w:r w:rsidR="04663FE4" w:rsidRPr="00F5239B">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">https://doi.org/10.7202/003818ar </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36E7FF48" w14:textId="00A401D0" w:rsidR="00FA50F5" w:rsidRDefault="2E8C1EEA" w:rsidP="00585EAF">
+      <w:pPr>
+        <w:pStyle w:val="PBibliography"/>
+        <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>Meta, 27</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="2E8C1EEA" w:rsidRPr="1D559E28">
+      </w:pPr>
+      <w:r w:rsidRPr="00585EAF">
+        <w:t>Peraldi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5239B">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, F. (1982b). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">(1), 126-128. </w:t>
-[...24 lines deleted...]
-      <w:r w:rsidR="2E8C1EEA" w:rsidRPr="1D559E28">
+        <w:t xml:space="preserve">Psychanalyse et traduction. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Meta, 27</w:t>
       </w:r>
-      <w:r w:rsidR="2E8C1EEA">
+      <w:r>
         <w:t>(1), 9-25.</w:t>
       </w:r>
       <w:r w:rsidR="00310848">
         <w:t xml:space="preserve"> https://doi.org/10.7202/003817ar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3572AFFB" w14:textId="68AFDE8B" w:rsidR="00F02697" w:rsidRDefault="00F02697" w:rsidP="00F02697">
+    <w:p w14:paraId="3572AFFB" w14:textId="68AFDE8B" w:rsidR="00F02697" w:rsidRDefault="00F02697" w:rsidP="00C10436">
       <w:pPr>
         <w:pStyle w:val="PNumberedSectionTitle1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F02697">
+      <w:r w:rsidRPr="00C10436">
         <w:t>Appendix</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (if applicable)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F02697" w:rsidSect="00550C0D">
-      <w:headerReference w:type="default" r:id="rId16"/>
-      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3718C04E" w14:textId="77777777" w:rsidR="005F6E50" w:rsidRDefault="005F6E50" w:rsidP="003578EE">
+    <w:p w14:paraId="33E4E053" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E" w:rsidP="003578EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B9631F9" w14:textId="77777777" w:rsidR="005F6E50" w:rsidRDefault="005F6E50"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="45947207" w14:textId="77777777" w:rsidR="005F6E50" w:rsidRDefault="005F6E50"/>
+    <w:p w14:paraId="6E7E9934" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="09C863EB" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="67ADE3F1" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="150E8FE3" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="6AB2AA30" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="6337F284" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="745F8E30" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="10DEB848" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="4B506AE9" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="459F214F" w14:textId="77777777" w:rsidR="005F6E50" w:rsidRDefault="005F6E50" w:rsidP="003578EE">
+    <w:p w14:paraId="2B1BDC05" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E" w:rsidP="003578EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04CDB961" w14:textId="77777777" w:rsidR="005F6E50" w:rsidRDefault="005F6E50"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="12212C46" w14:textId="77777777" w:rsidR="005F6E50" w:rsidRDefault="005F6E50"/>
+    <w:p w14:paraId="66D47159" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="7F0D52BF" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="3D2C6D69" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="6C6E3114" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="5A5DC799" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="5ABF11D2" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="6F1B8BF0" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="0ED4708C" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="06EE762B" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="725A6568" w14:textId="77777777" w:rsidR="005F6E50" w:rsidRDefault="005F6E50">
+    <w:p w14:paraId="4E43A5A1" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
-    <w:panose1 w:val="02020500000000000000"/>
+    <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="-298615270"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="59C65FB6" w14:textId="3FD7DBF3" w:rsidR="00D425A2" w:rsidRDefault="00D425A2" w:rsidP="00596698">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
@@ -1538,80 +1755,80 @@
           <w:tabs>
             <w:tab w:val="left" w:pos="8789"/>
           </w:tabs>
           <w:ind w:right="360" w:hanging="426"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
             <w:color w:val="808080"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33BCE052" w14:textId="77777777" w:rsidR="005F6E50" w:rsidRDefault="005F6E50" w:rsidP="00E678BF">
+    <w:p w14:paraId="1771B751" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E" w:rsidP="00E678BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B533521" w14:textId="77777777" w:rsidR="005F6E50" w:rsidRDefault="005F6E50" w:rsidP="003578EE">
+    <w:p w14:paraId="096DF04F" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E" w:rsidP="003578EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="222A2076" w14:textId="77777777" w:rsidR="005F6E50" w:rsidRDefault="005F6E50"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="7616E4C8" w14:textId="77777777" w:rsidR="005F6E50" w:rsidRDefault="005F6E50"/>
+    <w:p w14:paraId="59A8B1DC" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="37BC1BE1" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="46864587" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="28262E20" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="5BC4528C" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="159FA54C" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="2894FF52" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="7713B4CB" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
+    <w:p w14:paraId="4A0BBEF0" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="127CE167" w14:textId="77777777" w:rsidR="005F6E50" w:rsidRDefault="005F6E50">
+    <w:p w14:paraId="4E7E547C" w14:textId="77777777" w:rsidR="00D5077E" w:rsidRDefault="00D5077E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="4D98C92F" w14:textId="77777777" w:rsidR="00086D4A" w:rsidRPr="00FE3BF4" w:rsidRDefault="00086D4A" w:rsidP="00D359E6">
       <w:pPr>
         <w:pStyle w:val="PFootnotes"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00FE3BF4">
         <w:t xml:space="preserve"> Footnote text.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="796AFDD7" w14:textId="77777777" w:rsidR="00086D4A" w:rsidRPr="00ED4F45" w:rsidRDefault="00086D4A" w:rsidP="00D359E6">
       <w:pPr>
         <w:pStyle w:val="PFootnotes"/>
@@ -3875,54 +4092,55 @@
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1179469109">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="534118778">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1068839564">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1631013411">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-CH" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="nl-BE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="567"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -3961,451 +4179,509 @@
     <w:rsid w:val="00127897"/>
     <w:rsid w:val="00134408"/>
     <w:rsid w:val="00143F02"/>
     <w:rsid w:val="00160642"/>
     <w:rsid w:val="001660FB"/>
     <w:rsid w:val="00166E76"/>
     <w:rsid w:val="001722F3"/>
     <w:rsid w:val="001742B7"/>
     <w:rsid w:val="001852C8"/>
     <w:rsid w:val="00185A9A"/>
     <w:rsid w:val="00190FC9"/>
     <w:rsid w:val="001A07F0"/>
     <w:rsid w:val="001B255F"/>
     <w:rsid w:val="001B2945"/>
     <w:rsid w:val="001C1853"/>
     <w:rsid w:val="001C4E6D"/>
     <w:rsid w:val="001C6E34"/>
     <w:rsid w:val="001C7BF3"/>
     <w:rsid w:val="001C7D99"/>
     <w:rsid w:val="001E135B"/>
     <w:rsid w:val="001F2F02"/>
     <w:rsid w:val="001F74FD"/>
     <w:rsid w:val="00202EDA"/>
     <w:rsid w:val="00203579"/>
     <w:rsid w:val="00210346"/>
+    <w:rsid w:val="002124D1"/>
     <w:rsid w:val="0023336A"/>
     <w:rsid w:val="00233572"/>
     <w:rsid w:val="00234199"/>
     <w:rsid w:val="00240B83"/>
     <w:rsid w:val="00245668"/>
     <w:rsid w:val="00246752"/>
     <w:rsid w:val="0026010D"/>
     <w:rsid w:val="002624F2"/>
     <w:rsid w:val="00281CD2"/>
     <w:rsid w:val="002869CC"/>
     <w:rsid w:val="002A3D72"/>
     <w:rsid w:val="002B0F11"/>
     <w:rsid w:val="002C64B5"/>
+    <w:rsid w:val="002D1D49"/>
     <w:rsid w:val="002F45F0"/>
     <w:rsid w:val="00305C2A"/>
     <w:rsid w:val="00310848"/>
     <w:rsid w:val="003118E2"/>
     <w:rsid w:val="0031375B"/>
     <w:rsid w:val="0031670D"/>
     <w:rsid w:val="0032519A"/>
     <w:rsid w:val="003343BF"/>
     <w:rsid w:val="00341149"/>
     <w:rsid w:val="00343223"/>
     <w:rsid w:val="003578EE"/>
     <w:rsid w:val="00367F9E"/>
     <w:rsid w:val="003700C7"/>
     <w:rsid w:val="0037176B"/>
     <w:rsid w:val="00381170"/>
     <w:rsid w:val="00382699"/>
     <w:rsid w:val="003B6F0C"/>
     <w:rsid w:val="003C0104"/>
     <w:rsid w:val="003C2C25"/>
+    <w:rsid w:val="003D39E0"/>
     <w:rsid w:val="003F30D3"/>
     <w:rsid w:val="003F7142"/>
     <w:rsid w:val="00403E4E"/>
     <w:rsid w:val="00411DA1"/>
     <w:rsid w:val="00417B59"/>
     <w:rsid w:val="0042011F"/>
     <w:rsid w:val="00423346"/>
+    <w:rsid w:val="0042569E"/>
     <w:rsid w:val="00426820"/>
     <w:rsid w:val="004305D2"/>
     <w:rsid w:val="0043220E"/>
     <w:rsid w:val="00447967"/>
     <w:rsid w:val="00450BC4"/>
     <w:rsid w:val="004536CC"/>
     <w:rsid w:val="00454B5C"/>
     <w:rsid w:val="00456112"/>
     <w:rsid w:val="00476CB8"/>
     <w:rsid w:val="004775F2"/>
     <w:rsid w:val="004859D4"/>
     <w:rsid w:val="00486AD6"/>
     <w:rsid w:val="004878BD"/>
     <w:rsid w:val="00491C9D"/>
     <w:rsid w:val="00491EF5"/>
     <w:rsid w:val="004A1426"/>
     <w:rsid w:val="004A15F3"/>
     <w:rsid w:val="004A56BD"/>
     <w:rsid w:val="004B254F"/>
     <w:rsid w:val="004B258F"/>
     <w:rsid w:val="004B5324"/>
     <w:rsid w:val="004C6A50"/>
     <w:rsid w:val="004D4A9A"/>
     <w:rsid w:val="004E01FF"/>
     <w:rsid w:val="004E1067"/>
     <w:rsid w:val="004E1738"/>
     <w:rsid w:val="004F2748"/>
     <w:rsid w:val="0050352E"/>
     <w:rsid w:val="00506995"/>
     <w:rsid w:val="00506CDD"/>
     <w:rsid w:val="005078AB"/>
     <w:rsid w:val="00514EAF"/>
     <w:rsid w:val="00520746"/>
+    <w:rsid w:val="005274B3"/>
     <w:rsid w:val="00533ECD"/>
     <w:rsid w:val="00546682"/>
     <w:rsid w:val="00547562"/>
     <w:rsid w:val="00550C0D"/>
     <w:rsid w:val="0056363B"/>
     <w:rsid w:val="00571359"/>
     <w:rsid w:val="0058043D"/>
+    <w:rsid w:val="00585EAF"/>
     <w:rsid w:val="005864EB"/>
     <w:rsid w:val="005A70A1"/>
     <w:rsid w:val="005A790B"/>
     <w:rsid w:val="005B15BA"/>
     <w:rsid w:val="005D3B56"/>
     <w:rsid w:val="005E107E"/>
+    <w:rsid w:val="005F4210"/>
     <w:rsid w:val="005F4F39"/>
     <w:rsid w:val="005F6E50"/>
     <w:rsid w:val="005F7F85"/>
     <w:rsid w:val="0060094F"/>
     <w:rsid w:val="006010B5"/>
     <w:rsid w:val="00604BE7"/>
+    <w:rsid w:val="0060733B"/>
     <w:rsid w:val="00607490"/>
+    <w:rsid w:val="00613267"/>
     <w:rsid w:val="0062097D"/>
     <w:rsid w:val="006256CB"/>
     <w:rsid w:val="006271B6"/>
     <w:rsid w:val="006338E4"/>
     <w:rsid w:val="0063431F"/>
     <w:rsid w:val="00634557"/>
     <w:rsid w:val="00640A81"/>
     <w:rsid w:val="00645139"/>
+    <w:rsid w:val="0064517A"/>
     <w:rsid w:val="00647F99"/>
+    <w:rsid w:val="006554AF"/>
     <w:rsid w:val="00657783"/>
+    <w:rsid w:val="00661EB0"/>
+    <w:rsid w:val="00662AA3"/>
     <w:rsid w:val="00671B8A"/>
     <w:rsid w:val="00671F60"/>
     <w:rsid w:val="00675C48"/>
     <w:rsid w:val="00685CA9"/>
     <w:rsid w:val="00687097"/>
     <w:rsid w:val="00694B2A"/>
     <w:rsid w:val="0069752E"/>
+    <w:rsid w:val="006A3B9F"/>
     <w:rsid w:val="006A64CB"/>
     <w:rsid w:val="006B071D"/>
     <w:rsid w:val="006B1524"/>
     <w:rsid w:val="006B4158"/>
     <w:rsid w:val="006C2169"/>
     <w:rsid w:val="006C4052"/>
     <w:rsid w:val="006C602D"/>
     <w:rsid w:val="006D33C8"/>
     <w:rsid w:val="006D49A6"/>
     <w:rsid w:val="006F6B26"/>
     <w:rsid w:val="00707876"/>
     <w:rsid w:val="00707BC9"/>
     <w:rsid w:val="00717A3A"/>
     <w:rsid w:val="00727858"/>
     <w:rsid w:val="007278C7"/>
     <w:rsid w:val="00730769"/>
     <w:rsid w:val="00745D74"/>
     <w:rsid w:val="00750285"/>
     <w:rsid w:val="00760014"/>
     <w:rsid w:val="00760900"/>
     <w:rsid w:val="00762B32"/>
     <w:rsid w:val="00763EE4"/>
     <w:rsid w:val="00765D2D"/>
     <w:rsid w:val="007671E9"/>
     <w:rsid w:val="007747D9"/>
     <w:rsid w:val="00776C22"/>
     <w:rsid w:val="00776E17"/>
     <w:rsid w:val="00777B8E"/>
     <w:rsid w:val="0078413E"/>
     <w:rsid w:val="0079121E"/>
     <w:rsid w:val="00792407"/>
     <w:rsid w:val="007A0983"/>
     <w:rsid w:val="007A1B28"/>
     <w:rsid w:val="007A5E36"/>
     <w:rsid w:val="007B418E"/>
     <w:rsid w:val="007B469D"/>
+    <w:rsid w:val="007B6D14"/>
+    <w:rsid w:val="007B7456"/>
     <w:rsid w:val="007C6D83"/>
+    <w:rsid w:val="007D3093"/>
     <w:rsid w:val="007E41DB"/>
     <w:rsid w:val="007F2F4F"/>
     <w:rsid w:val="0080205B"/>
     <w:rsid w:val="008037C9"/>
     <w:rsid w:val="008170C9"/>
     <w:rsid w:val="00822A54"/>
     <w:rsid w:val="00832C4A"/>
+    <w:rsid w:val="00834789"/>
     <w:rsid w:val="008418DA"/>
+    <w:rsid w:val="008421E5"/>
     <w:rsid w:val="0085273B"/>
     <w:rsid w:val="00855EB7"/>
     <w:rsid w:val="00867651"/>
     <w:rsid w:val="008800FA"/>
     <w:rsid w:val="008A6A76"/>
     <w:rsid w:val="008A7668"/>
     <w:rsid w:val="008B0005"/>
     <w:rsid w:val="008B6CBB"/>
     <w:rsid w:val="008C37C2"/>
     <w:rsid w:val="008C63B3"/>
     <w:rsid w:val="008D228E"/>
     <w:rsid w:val="008D6FEE"/>
     <w:rsid w:val="008E26A9"/>
     <w:rsid w:val="008E2BE7"/>
     <w:rsid w:val="008E7BF8"/>
     <w:rsid w:val="00915233"/>
     <w:rsid w:val="00917666"/>
+    <w:rsid w:val="00917E8D"/>
     <w:rsid w:val="0093257D"/>
     <w:rsid w:val="0093303D"/>
     <w:rsid w:val="00934850"/>
     <w:rsid w:val="00942030"/>
     <w:rsid w:val="0094261F"/>
     <w:rsid w:val="0094325B"/>
     <w:rsid w:val="00943968"/>
     <w:rsid w:val="009448E8"/>
     <w:rsid w:val="00953372"/>
     <w:rsid w:val="00953671"/>
     <w:rsid w:val="00972E4F"/>
     <w:rsid w:val="0097399D"/>
     <w:rsid w:val="009828F6"/>
     <w:rsid w:val="00983BD1"/>
     <w:rsid w:val="00985F2D"/>
     <w:rsid w:val="00991EE4"/>
     <w:rsid w:val="009979A3"/>
+    <w:rsid w:val="009B45CC"/>
     <w:rsid w:val="009B5E92"/>
     <w:rsid w:val="009C1466"/>
     <w:rsid w:val="009C5826"/>
     <w:rsid w:val="009C6850"/>
     <w:rsid w:val="009D0155"/>
     <w:rsid w:val="009F0764"/>
     <w:rsid w:val="009F136F"/>
     <w:rsid w:val="009F2025"/>
     <w:rsid w:val="00A01F53"/>
     <w:rsid w:val="00A10496"/>
+    <w:rsid w:val="00A1409A"/>
     <w:rsid w:val="00A16076"/>
     <w:rsid w:val="00A1772B"/>
     <w:rsid w:val="00A203B2"/>
     <w:rsid w:val="00A448C7"/>
     <w:rsid w:val="00A50ABE"/>
     <w:rsid w:val="00A51D26"/>
     <w:rsid w:val="00A56595"/>
     <w:rsid w:val="00A57931"/>
     <w:rsid w:val="00A6550A"/>
     <w:rsid w:val="00A75333"/>
     <w:rsid w:val="00A90B6E"/>
     <w:rsid w:val="00A91D60"/>
     <w:rsid w:val="00AB5F0D"/>
     <w:rsid w:val="00AB7BE0"/>
     <w:rsid w:val="00AC71EB"/>
     <w:rsid w:val="00AE5582"/>
     <w:rsid w:val="00AE570F"/>
+    <w:rsid w:val="00AE5DCD"/>
     <w:rsid w:val="00AF0F59"/>
     <w:rsid w:val="00AF5B59"/>
     <w:rsid w:val="00AF5E93"/>
     <w:rsid w:val="00AF6179"/>
+    <w:rsid w:val="00B0751F"/>
+    <w:rsid w:val="00B11A8A"/>
     <w:rsid w:val="00B17908"/>
     <w:rsid w:val="00B218DC"/>
     <w:rsid w:val="00B3127C"/>
     <w:rsid w:val="00B5000F"/>
     <w:rsid w:val="00B51627"/>
     <w:rsid w:val="00B537E1"/>
     <w:rsid w:val="00B53F78"/>
     <w:rsid w:val="00B60914"/>
     <w:rsid w:val="00B6518C"/>
     <w:rsid w:val="00B74EE2"/>
     <w:rsid w:val="00B751DA"/>
     <w:rsid w:val="00B90433"/>
     <w:rsid w:val="00BB0D3C"/>
     <w:rsid w:val="00BB21B0"/>
     <w:rsid w:val="00BB422F"/>
     <w:rsid w:val="00BB63D8"/>
+    <w:rsid w:val="00BC714E"/>
     <w:rsid w:val="00BE4E30"/>
     <w:rsid w:val="00BE7638"/>
     <w:rsid w:val="00BF4B24"/>
     <w:rsid w:val="00C07BCE"/>
+    <w:rsid w:val="00C10436"/>
     <w:rsid w:val="00C16414"/>
     <w:rsid w:val="00C25D26"/>
+    <w:rsid w:val="00C34ED7"/>
     <w:rsid w:val="00C3600D"/>
     <w:rsid w:val="00C403B8"/>
     <w:rsid w:val="00C43CC9"/>
     <w:rsid w:val="00C463FC"/>
     <w:rsid w:val="00C47218"/>
     <w:rsid w:val="00C5576E"/>
     <w:rsid w:val="00C573F1"/>
     <w:rsid w:val="00C57C48"/>
     <w:rsid w:val="00C57CF4"/>
     <w:rsid w:val="00C644FE"/>
     <w:rsid w:val="00C7259D"/>
     <w:rsid w:val="00C74EC2"/>
     <w:rsid w:val="00C7781C"/>
     <w:rsid w:val="00C84AB0"/>
     <w:rsid w:val="00C861E4"/>
     <w:rsid w:val="00C87D0B"/>
     <w:rsid w:val="00C94138"/>
     <w:rsid w:val="00CA5141"/>
     <w:rsid w:val="00CA53D7"/>
     <w:rsid w:val="00CA554E"/>
     <w:rsid w:val="00CA5FA1"/>
     <w:rsid w:val="00CB12D8"/>
     <w:rsid w:val="00CE0643"/>
     <w:rsid w:val="00CE2869"/>
+    <w:rsid w:val="00CE6A63"/>
     <w:rsid w:val="00CF1F8C"/>
     <w:rsid w:val="00D04E3B"/>
     <w:rsid w:val="00D0713E"/>
     <w:rsid w:val="00D11337"/>
     <w:rsid w:val="00D20787"/>
     <w:rsid w:val="00D20A7B"/>
     <w:rsid w:val="00D22BF2"/>
     <w:rsid w:val="00D24A6A"/>
     <w:rsid w:val="00D268B9"/>
+    <w:rsid w:val="00D26BFB"/>
     <w:rsid w:val="00D359E6"/>
     <w:rsid w:val="00D425A2"/>
     <w:rsid w:val="00D46BD4"/>
     <w:rsid w:val="00D46E11"/>
+    <w:rsid w:val="00D5077E"/>
     <w:rsid w:val="00D52615"/>
+    <w:rsid w:val="00D7297A"/>
+    <w:rsid w:val="00D7667D"/>
     <w:rsid w:val="00D77574"/>
     <w:rsid w:val="00D91788"/>
     <w:rsid w:val="00DB243F"/>
     <w:rsid w:val="00DB4C58"/>
     <w:rsid w:val="00DB5734"/>
     <w:rsid w:val="00DB7652"/>
     <w:rsid w:val="00DC7C27"/>
     <w:rsid w:val="00DD0F5F"/>
     <w:rsid w:val="00DD6832"/>
     <w:rsid w:val="00DE06B5"/>
     <w:rsid w:val="00DE1E51"/>
     <w:rsid w:val="00DE7362"/>
     <w:rsid w:val="00DF6E57"/>
     <w:rsid w:val="00DF7681"/>
     <w:rsid w:val="00E04605"/>
     <w:rsid w:val="00E11405"/>
     <w:rsid w:val="00E12124"/>
     <w:rsid w:val="00E309A4"/>
     <w:rsid w:val="00E321C8"/>
     <w:rsid w:val="00E32D83"/>
     <w:rsid w:val="00E41CE1"/>
+    <w:rsid w:val="00E45A40"/>
     <w:rsid w:val="00E46F60"/>
     <w:rsid w:val="00E548CF"/>
     <w:rsid w:val="00E60C41"/>
     <w:rsid w:val="00E63451"/>
     <w:rsid w:val="00E63C0D"/>
     <w:rsid w:val="00E678BF"/>
     <w:rsid w:val="00E679AD"/>
     <w:rsid w:val="00E67C04"/>
     <w:rsid w:val="00E71DD5"/>
     <w:rsid w:val="00E77173"/>
     <w:rsid w:val="00E83A30"/>
     <w:rsid w:val="00E84F79"/>
     <w:rsid w:val="00E85C8F"/>
+    <w:rsid w:val="00E93172"/>
+    <w:rsid w:val="00EB636B"/>
     <w:rsid w:val="00EC13D0"/>
     <w:rsid w:val="00ED29E0"/>
     <w:rsid w:val="00ED4D64"/>
     <w:rsid w:val="00ED4D7C"/>
     <w:rsid w:val="00ED4F45"/>
     <w:rsid w:val="00ED75C9"/>
     <w:rsid w:val="00EE17D6"/>
     <w:rsid w:val="00EE212A"/>
     <w:rsid w:val="00EE3D27"/>
     <w:rsid w:val="00EF0DB9"/>
     <w:rsid w:val="00F02697"/>
     <w:rsid w:val="00F161D3"/>
     <w:rsid w:val="00F335ED"/>
+    <w:rsid w:val="00F35D74"/>
     <w:rsid w:val="00F3694A"/>
+    <w:rsid w:val="00F5239B"/>
     <w:rsid w:val="00F578C1"/>
     <w:rsid w:val="00F619C6"/>
     <w:rsid w:val="00F64A34"/>
     <w:rsid w:val="00F663D9"/>
     <w:rsid w:val="00F73015"/>
     <w:rsid w:val="00F7746F"/>
     <w:rsid w:val="00F828DB"/>
     <w:rsid w:val="00F82C90"/>
     <w:rsid w:val="00F9369A"/>
     <w:rsid w:val="00FA0F04"/>
     <w:rsid w:val="00FA390B"/>
     <w:rsid w:val="00FA50F5"/>
     <w:rsid w:val="00FB0F2E"/>
     <w:rsid w:val="00FD06C7"/>
     <w:rsid w:val="00FD78FE"/>
     <w:rsid w:val="00FE08CC"/>
     <w:rsid w:val="00FE1135"/>
     <w:rsid w:val="00FE3BF4"/>
     <w:rsid w:val="04663FE4"/>
     <w:rsid w:val="0F1F61D5"/>
     <w:rsid w:val="11AB563B"/>
+    <w:rsid w:val="12FDC6DD"/>
+    <w:rsid w:val="1678E1EC"/>
+    <w:rsid w:val="1693D606"/>
+    <w:rsid w:val="17ADA482"/>
     <w:rsid w:val="18D5A361"/>
+    <w:rsid w:val="18EBD3F8"/>
+    <w:rsid w:val="1B122228"/>
     <w:rsid w:val="1D559E28"/>
     <w:rsid w:val="1F84F18E"/>
+    <w:rsid w:val="2300DA0F"/>
+    <w:rsid w:val="2346005D"/>
     <w:rsid w:val="2684732D"/>
+    <w:rsid w:val="26D32DC1"/>
     <w:rsid w:val="283D69B6"/>
     <w:rsid w:val="2AC1B7A2"/>
     <w:rsid w:val="2BE98AE7"/>
     <w:rsid w:val="2DBE6326"/>
     <w:rsid w:val="2DDBD900"/>
     <w:rsid w:val="2E8C1EEA"/>
     <w:rsid w:val="2FFBAF6F"/>
     <w:rsid w:val="35E4F098"/>
+    <w:rsid w:val="3E82EFD4"/>
     <w:rsid w:val="469371D5"/>
     <w:rsid w:val="4A005661"/>
     <w:rsid w:val="4B6009B4"/>
     <w:rsid w:val="50C59D68"/>
+    <w:rsid w:val="540B74F2"/>
     <w:rsid w:val="54CBFCBF"/>
     <w:rsid w:val="55BFB462"/>
+    <w:rsid w:val="560EF4DA"/>
+    <w:rsid w:val="56E50772"/>
+    <w:rsid w:val="57BD170D"/>
     <w:rsid w:val="58178CDB"/>
     <w:rsid w:val="59395520"/>
+    <w:rsid w:val="6087D43D"/>
     <w:rsid w:val="6244E700"/>
+    <w:rsid w:val="63DAD471"/>
     <w:rsid w:val="65812775"/>
     <w:rsid w:val="659917CF"/>
     <w:rsid w:val="66ADA4C9"/>
+    <w:rsid w:val="6BB4A834"/>
+    <w:rsid w:val="6CD1D78C"/>
     <w:rsid w:val="6D08E992"/>
     <w:rsid w:val="6DE67C8A"/>
+    <w:rsid w:val="6E0C8513"/>
     <w:rsid w:val="71B52790"/>
     <w:rsid w:val="75F1A79A"/>
+    <w:rsid w:val="797CB0AF"/>
     <w:rsid w:val="7B8F2FAB"/>
     <w:rsid w:val="7FEBC58C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="50BA3DA6"/>
   <w15:docId w15:val="{F7621689-6B3B-4C49-9BB8-490664316F98}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
@@ -5582,51 +5858,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1146509259">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1075/btl.95" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/1750399X.2021.1880308" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1075/btl.95" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/1750399X.2021.1880308" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.com/news/technology-64959346" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paralleles.unige.ch/download_file/view/191/240" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5867,50 +6143,50 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D8226AF-74C7-4271-B5B0-E24B1F6B1099}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>662</Words>
-  <Characters>3644</Characters>
+  <Words>673</Words>
+  <Characters>3706</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4298</CharactersWithSpaces>
+  <CharactersWithSpaces>4371</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tobias Wehrli</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>