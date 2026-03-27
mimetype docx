--- v0 (2025-11-13)
+++ v1 (2026-03-27)
@@ -1,137 +1,150 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="050BB3DE" w14:textId="6F6333CB" w:rsidR="00E67C04" w:rsidRPr="00411DA1" w:rsidRDefault="00E67C04" w:rsidP="0026010D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00411DA1">
+      <w:r w:rsidRPr="007C029F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Instructions for the authors: insert your text into this file and use the styles provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CFFFB61" w14:textId="77777777" w:rsidR="00E67C04" w:rsidRPr="00411DA1" w:rsidRDefault="00E67C04" w:rsidP="00E67C04">
       <w:pPr>
         <w:pStyle w:val="PText"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BBAB940" w14:textId="77777777" w:rsidR="00E67C04" w:rsidRPr="00411DA1" w:rsidRDefault="00E67C04" w:rsidP="00411DA1"/>
     <w:p w14:paraId="75BF36DB" w14:textId="77777777" w:rsidR="003419D0" w:rsidRPr="003419D0" w:rsidRDefault="007B60AF" w:rsidP="003419D0">
       <w:pPr>
         <w:pStyle w:val="PArticlestitle"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B60AF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Author Surname, Author Name (Year of publication). </w:t>
       </w:r>
       <w:r w:rsidRPr="007B60AF">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Title of work reviewed. </w:t>
       </w:r>
       <w:r w:rsidRPr="007B60AF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Publisher. ISBN XXX. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43A8741B" w14:textId="77777777" w:rsidR="003419D0" w:rsidRPr="003419D0" w:rsidRDefault="003419D0" w:rsidP="003419D0">
       <w:pPr>
         <w:pStyle w:val="PArticlestitle"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="307B1616" w14:textId="77777777" w:rsidR="003419D0" w:rsidRPr="003419D0" w:rsidRDefault="003419D0" w:rsidP="003419D0">
-[...9 lines deleted...]
-    <w:p w14:paraId="330C9FB5" w14:textId="7D0B2181" w:rsidR="00822A54" w:rsidRPr="00FE08CC" w:rsidRDefault="007B60AF" w:rsidP="003419D0">
+    <w:p w14:paraId="330C9FB5" w14:textId="0769D9E5" w:rsidR="00822A54" w:rsidRPr="00FE08CC" w:rsidRDefault="002C7A72" w:rsidP="007C029F">
       <w:pPr>
         <w:pStyle w:val="PUnNumberedSectionTitle"/>
       </w:pPr>
       <w:r>
-        <w:t>Optional section title</w:t>
-      </w:r>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007B60AF">
+        <w:t>Optional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007B60AF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007B60AF" w:rsidRPr="007C029F">
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007B60AF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007B60AF">
+        <w:t>title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="46D13400" w14:textId="50AD019A" w:rsidR="007B60AF" w:rsidRPr="007B60AF" w:rsidRDefault="007B60AF" w:rsidP="007B60AF">
       <w:pPr>
         <w:pStyle w:val="PText"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B60AF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">This is the </w:t>
       </w:r>
       <w:r w:rsidRPr="007B60AF">
         <w:t>text</w:t>
       </w:r>
       <w:r w:rsidRPr="007B60AF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph</w:t>
       </w:r>
       <w:r w:rsidRPr="007B60AF">
         <w:rPr>
@@ -186,366 +199,618 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="432322A1" w14:textId="306D878A" w:rsidR="004A1426" w:rsidRPr="00DE06B5" w:rsidRDefault="007B60AF" w:rsidP="003419D0">
       <w:pPr>
         <w:pStyle w:val="PText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B60AF">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
         </w:rPr>
         <w:t xml:space="preserve">This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text of a normal paragraph. This is the text </w:t>
       </w:r>
       <w:r w:rsidRPr="007B60AF">
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidRPr="007B60AF">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
         </w:rPr>
         <w:t xml:space="preserve"> a normal paragraph.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D6E8EED" w14:textId="77777777" w:rsidR="002918DF" w:rsidRPr="002918DF" w:rsidRDefault="002918DF" w:rsidP="003419D0">
+    <w:p w14:paraId="7D6E8EED" w14:textId="77777777" w:rsidR="002918DF" w:rsidRPr="002918DF" w:rsidRDefault="002918DF" w:rsidP="007C029F">
       <w:pPr>
         <w:pStyle w:val="PUnNumberedSectionTitle"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002918DF">
         <w:t xml:space="preserve">Optional </w:t>
       </w:r>
-      <w:r w:rsidRPr="003419D0">
+      <w:r w:rsidRPr="007C029F">
         <w:t>references</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="156E191B" w14:textId="77777777" w:rsidR="002918DF" w:rsidRPr="002918DF" w:rsidRDefault="002918DF" w:rsidP="002918DF">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2460822C" w14:textId="668356F1" w:rsidR="004A3325" w:rsidRPr="00D27522" w:rsidRDefault="004A3325" w:rsidP="004A3325">
+      <w:pPr>
+        <w:pStyle w:val="PText"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D27522">
+        <w:rPr>
+          <w:i/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reminder: List </w:t>
+      </w:r>
+      <w:r w:rsidR="006413BF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D27522">
+        <w:rPr>
+          <w:i/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="006413BF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D27522">
+        <w:rPr>
+          <w:i/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the works cited. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4589DA5E" w14:textId="1B356DD1" w:rsidR="004A3325" w:rsidRPr="00D27522" w:rsidRDefault="004A3325" w:rsidP="004A3325">
+      <w:pPr>
+        <w:pStyle w:val="PText"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D27522">
+        <w:rPr>
+          <w:i/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Please follow APA 7th Edition guidelines</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0C1E" w:rsidRPr="00D27522">
+        <w:rPr>
+          <w:i/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D27522">
+        <w:rPr>
+          <w:i/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7770266B" w14:textId="77777777" w:rsidR="004A3325" w:rsidRDefault="004A3325" w:rsidP="004A3325">
+      <w:pPr>
+        <w:pStyle w:val="PBibliography"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:i/>
-          <w:lang w:val="en-GB"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="nl-BE" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BC5CFCA" w14:textId="77777777" w:rsidR="002918DF" w:rsidRPr="002918DF" w:rsidRDefault="002918DF" w:rsidP="002918DF">
+    <w:p w14:paraId="3533684C" w14:textId="77777777" w:rsidR="00A35577" w:rsidRPr="008E7BF8" w:rsidRDefault="00A35577" w:rsidP="00A35577">
       <w:pPr>
         <w:pStyle w:val="PBibliography"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002918DF">
-[...40 lines deleted...]
-      <w:r w:rsidRPr="002918DF">
+      <w:r w:rsidRPr="002C7A72">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t>Depecker</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C07BCE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>, L. (2000). Le signe entre signifié et concept. In H. Béjoint &amp; P. Thoiron (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Eds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07BCE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07BCE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:noProof/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Le sens en terminologie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07BCE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E7BF8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(pp. 86-126). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E7BF8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Presses universitaires de Lyon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10350D05" w14:textId="77777777" w:rsidR="00A35577" w:rsidRPr="002C7A72" w:rsidRDefault="00A35577" w:rsidP="00A35577">
+      <w:pPr>
+        <w:pStyle w:val="PBibliography"/>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Derico, B., &amp; Kleinman, Z. (2023, November 7). </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002918DF">
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>OpenAI</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>announces</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>ChatGPT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>successor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GPT-4. BBC News. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidRPr="002C7A72">
+          <w:rPr>
+            <w:lang w:val="fr-CH"/>
+          </w:rPr>
+          <w:t>https://www.bbc.com/news/technology-64959346</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E413163" w14:textId="29CBA2D1" w:rsidR="00A35577" w:rsidRDefault="00A35577" w:rsidP="00A35577">
+      <w:pPr>
+        <w:pStyle w:val="PBibliography"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C7A72">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>dir</w:t>
+        <w:t>Bolaños</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002918DF">
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:lang w:val="fr-CH"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002918DF">
+          <w:noProof/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-García-Escribano, A., Díaz Cintas, J., &amp; Massidda, S. (2021). Latest advancements in audiovisual translation education. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>The Interpreter and Translator Trainer, 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(1), 1-12.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidRPr="1D559E28">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Calibri"/>
+            <w:noProof/>
+            <w:lang w:val="es-ES"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1080/1750399X.2021.1880308</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="000862CD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06108221" w14:textId="77777777" w:rsidR="00A35577" w:rsidRPr="002C7A72" w:rsidRDefault="00A35577" w:rsidP="00A35577">
+      <w:pPr>
+        <w:pStyle w:val="PBibliography"/>
+        <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>Le sens en terminologie</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002918DF">
+      </w:pPr>
+      <w:r w:rsidRPr="00585EAF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Hewson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve">, L. (2011). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>An approach to translation criticism.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Emma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve">Madame Bovary </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>in translation.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (pp. 86-126). </w:t>
-      </w:r>
+        <w:t xml:space="preserve">John Benjamins. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="002C7A72">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Calibri"/>
+            <w:noProof/>
+            <w:lang w:val="fr-CH"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1075/btl.95</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425CD353" w14:textId="77777777" w:rsidR="00A35577" w:rsidRPr="002C7A72" w:rsidRDefault="00A35577" w:rsidP="00A35577">
+      <w:pPr>
+        <w:pStyle w:val="PBibliography"/>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002918DF">
-[...4 lines deleted...]
-        <w:t>Presses</w:t>
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Peraldi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002918DF">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> de Lyon.</w:t>
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, F. (1982a). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Présentation. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5239B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>Meta, 27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5239B">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 126-128. https://doi.org/10.7202/003818ar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC14DF4" w14:textId="77777777" w:rsidR="002918DF" w:rsidRPr="002918DF" w:rsidRDefault="002918DF" w:rsidP="002918DF">
+    <w:p w14:paraId="7E23FEDA" w14:textId="39297449" w:rsidR="00A35577" w:rsidRPr="002C7A72" w:rsidRDefault="00A35577" w:rsidP="00A35577">
       <w:pPr>
         <w:pStyle w:val="PBibliography"/>
         <w:rPr>
-          <w:lang w:val="en-GB"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="002918DF">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C7A72">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Peraldi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5239B">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, F. (1982b). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Psychanalyse et traduction. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D559E28">
         <w:rPr>
           <w:i/>
-          <w:lang w:val="en-GB"/>
-[...70 lines deleted...]
-          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Meta, 27</w:t>
       </w:r>
-      <w:r w:rsidRPr="002918DF">
-[...20 lines deleted...]
-        <w:r w:rsidRPr="002918DF">
+      <w:r>
+        <w:t xml:space="preserve">(1), 9-25. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="000862CD" w:rsidRPr="000862CD">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:u w:val="none"/>
           </w:rPr>
-          <w:t>https://www.bbc.com/news/business-50419127</w:t>
+          <w:t>https://doi.org/10.7202/003817ar</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="000862CD" w:rsidRPr="000862CD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="67A286DE" w14:textId="77777777" w:rsidR="0026499B" w:rsidRPr="002918DF" w:rsidRDefault="0026499B" w:rsidP="002918DF">
+    <w:p w14:paraId="67A286DE" w14:textId="02D8D733" w:rsidR="0026499B" w:rsidRPr="002C7A72" w:rsidRDefault="002C7A72" w:rsidP="002918DF">
       <w:pPr>
         <w:pStyle w:val="PBibliography"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6D5061C1" w14:textId="77777777" w:rsidR="00FB443B" w:rsidRDefault="00FB443B" w:rsidP="003419D0">
-[...19 lines deleted...]
-    <w:p w14:paraId="3572AFFB" w14:textId="25178B3E" w:rsidR="00F02697" w:rsidRPr="0026499B" w:rsidRDefault="00DE06B5" w:rsidP="00D30949">
+    <w:p w14:paraId="3572AFFB" w14:textId="206A813D" w:rsidR="00F02697" w:rsidRPr="0026499B" w:rsidRDefault="00DE06B5" w:rsidP="00D30949">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D429683" wp14:editId="2432759C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D429683" wp14:editId="2432759C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-80645</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>134620</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5886450" cy="19050"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="424432278" name="Connecteur droit 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="5886450" cy="19050"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -577,51 +842,51 @@
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict>
               <v:line id="Connecteur droit 1" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="#c00000" strokeweight="1.5pt" from="-6.35pt,10.6pt" to="457.15pt,12.1pt" w14:anchorId="35261277" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRPGI2wgEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LdJnAFyzk4SC9F&#10;G/R1p6mlRYAvLFlL/vsuKVkJ2gIBiuqw4GNndme42t2N1rAzYNTetXy9qjkDJ32n3anl3789vNly&#10;FpNwnTDeQcsvEPnd/vWr3RAa2Pjemw6QEYmLzRBa3qcUmqqKsgcr4soHcHSpPFqRaIunqkMxELs1&#10;1aaub6vBYxfQS4iRTu+nS74v/EqBTJ+VipCYaTn1lkrEEo85VvudaE4oQq/l3Ib4hy6s0I6KLlT3&#10;Ign2E/UfVFZL9NGrtJLeVl4pLaFoIDXr+jc1X3sRoGghc2JYbIr/j1Z+Oh/cI5INQ4hNDI+YVYwK&#10;LVNGhx/0pkUXdcrGYttlsQ3GxCQd3my3t+9uyF1Jd+v3NS2Jr5poMl3AmD6AtywvWm60y6pEI84f&#10;Y5pSryn52Lgcoze6e9DGlA2ejgeD7CzoHQ91/uYaz9KoYoZWT0rKKl0MTLRfQDHdUcdvS/kyZLDQ&#10;CinBpfXMaxxlZ5iiFhZg/TJwzs9QKAO4gDcvgxdEqexdWsBWO49/I0jjtWU15V8dmHRnC46+u5Q3&#10;LtbQJJXXmac+j+rzfYE//Zv7XwAAAP//AwBQSwMEFAAGAAgAAAAhABqQVJjdAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxaJ6aCEuJUCKnLLFr4ADuePNp4HGynTf8es4Ll&#10;zBzdObfcLXZkF/RhcCQhX2fAkBpnBuokfH3uV1tgISoyanSEEm4YYFfd35WqMO5KB7wcY8dSCIVC&#10;SehjnArOQ9OjVWHtJqR0a523KqbRd9x4dU3hduQiy565VQOlD72a8KPH5nycrYRa2wPqU7utm/nW&#10;7uvMf/NFS/n4sLy/AYu4xD8YfvWTOlTJSbuZTGCjhFUuXhIqQeQCWAJe880TMJ0WGwG8Kvn/BtUP&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFE8YjbCAQAA4wMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABqQVJjdAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAHAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAmBQAAAAA=&#10;">
                 <v:stroke joinstyle="miter"/>
                 <w10:wrap anchorx="margin"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D30949">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="084E39F5" wp14:editId="3C122B18">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="084E39F5" wp14:editId="3C122B18">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-80645</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>134620</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5886450" cy="19050"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="559625530" name="Connecteur droit 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="5886450" cy="19050"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -637,248 +902,325 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="6770FC1F" id="Connecteur droit 1" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-6.35pt,10.6pt" to="457.15pt,12.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBRPGI2wgEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LdJnAFyzk4SC9F&#13;&#10;G/R1p6mlRYAvLFlL/vsuKVkJ2gIBiuqw4GNndme42t2N1rAzYNTetXy9qjkDJ32n3anl3789vNly&#13;&#10;FpNwnTDeQcsvEPnd/vWr3RAa2Pjemw6QEYmLzRBa3qcUmqqKsgcr4soHcHSpPFqRaIunqkMxELs1&#13;&#10;1aaub6vBYxfQS4iRTu+nS74v/EqBTJ+VipCYaTn1lkrEEo85VvudaE4oQq/l3Ib4hy6s0I6KLlT3&#13;&#10;Ign2E/UfVFZL9NGrtJLeVl4pLaFoIDXr+jc1X3sRoGghc2JYbIr/j1Z+Oh/cI5INQ4hNDI+YVYwK&#13;&#10;LVNGhx/0pkUXdcrGYttlsQ3GxCQd3my3t+9uyF1Jd+v3NS2Jr5poMl3AmD6AtywvWm60y6pEI84f&#13;&#10;Y5pSryn52Lgcoze6e9DGlA2ejgeD7CzoHQ91/uYaz9KoYoZWT0rKKl0MTLRfQDHdUcdvS/kyZLDQ&#13;&#10;CinBpfXMaxxlZ5iiFhZg/TJwzs9QKAO4gDcvgxdEqexdWsBWO49/I0jjtWU15V8dmHRnC46+u5Q3&#13;&#10;LtbQJJXXmac+j+rzfYE//Zv7XwAAAP//AwBQSwMEFAAGAAgAAAAhANsHDingAAAADgEAAA8AAABk&#13;&#10;cnMvZG93bnJldi54bWxMT8tOwzAQvCPxD9YicWudmApKGqdCoB5zaOED7HjzgNgOttOmf89ygstK&#13;&#10;uzM7j3K/2JGdMcTBOwn5OgOGrvFmcJ2Ej/fDagssJuWMGr1DCVeMsK9ub0pVGH9xRzyfUsdIxMVC&#13;&#10;SehTmgrOY9OjVXHtJ3SEtT5YlWgNHTdBXUjcjlxk2SO3anDk0KsJX3tsvk6zlVBre0T92W7rZr62&#13;&#10;hzoL33zRUt7fLW87Gi87YAmX9PcBvx0oP1QUTPvZmchGCatcPBFVgsgFMCI855sHYJoOGwG8Kvn/&#13;&#10;GtUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#13;&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#13;&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFE8YjbCAQAA4wMAAA4AAAAAAAAAAAAA&#13;&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANsHDingAAAADgEAAA8AAAAAAAAA&#13;&#10;AAAAAAAAHAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAApBQAAAAA=&#13;&#10;" strokecolor="#c00000" strokeweight="1.5pt">
+              <v:line w14:anchorId="6770FC1F" id="Connecteur droit 1" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-6.35pt,10.6pt" to="457.15pt,12.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRPGI2wgEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LdJnAFyzk4SC9F&#10;G/R1p6mlRYAvLFlL/vsuKVkJ2gIBiuqw4GNndme42t2N1rAzYNTetXy9qjkDJ32n3anl3789vNly&#10;FpNwnTDeQcsvEPnd/vWr3RAa2Pjemw6QEYmLzRBa3qcUmqqKsgcr4soHcHSpPFqRaIunqkMxELs1&#10;1aaub6vBYxfQS4iRTu+nS74v/EqBTJ+VipCYaTn1lkrEEo85VvudaE4oQq/l3Ib4hy6s0I6KLlT3&#10;Ign2E/UfVFZL9NGrtJLeVl4pLaFoIDXr+jc1X3sRoGghc2JYbIr/j1Z+Oh/cI5INQ4hNDI+YVYwK&#10;LVNGhx/0pkUXdcrGYttlsQ3GxCQd3my3t+9uyF1Jd+v3NS2Jr5poMl3AmD6AtywvWm60y6pEI84f&#10;Y5pSryn52Lgcoze6e9DGlA2ejgeD7CzoHQ91/uYaz9KoYoZWT0rKKl0MTLRfQDHdUcdvS/kyZLDQ&#10;CinBpfXMaxxlZ5iiFhZg/TJwzs9QKAO4gDcvgxdEqexdWsBWO49/I0jjtWU15V8dmHRnC46+u5Q3&#10;LtbQJJXXmac+j+rzfYE//Zv7XwAAAP//AwBQSwMEFAAGAAgAAAAhANsHDingAAAADgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMT8tOwzAQvCPxD9YicWudmApKGqdCoB5zaOED7HjzgNgOttOmf89ygstK&#10;uzM7j3K/2JGdMcTBOwn5OgOGrvFmcJ2Ej/fDagssJuWMGr1DCVeMsK9ub0pVGH9xRzyfUsdIxMVC&#10;SehTmgrOY9OjVXHtJ3SEtT5YlWgNHTdBXUjcjlxk2SO3anDk0KsJX3tsvk6zlVBre0T92W7rZr62&#10;hzoL33zRUt7fLW87Gi87YAmX9PcBvx0oP1QUTPvZmchGCatcPBFVgsgFMCI855sHYJoOGwG8Kvn/&#10;GtUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFE8YjbCAQAA4wMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANsHDingAAAADgEAAA8AAAAAAAAA&#10;AAAAAAAAHAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAApBQAAAAA=&#10;" strokecolor="#c00000" strokeweight="1.5pt">
                 <v:stroke joinstyle="miter"/>
                 <w10:wrap anchorx="margin"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D30949">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00D30949" w:rsidRPr="00143F02">
+      <w:r w:rsidR="00E31787" w:rsidRPr="004C2D05">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2452D5E9" wp14:editId="18E5203E">
+            <wp:extent cx="152400" cy="152400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="5" name="Obraz 5">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId12"/>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="5" name="Obraz 5">
+                      <a:hlinkClick r:id="rId12"/>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="152400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00E31787">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E31787" w:rsidRPr="00143F02">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="E46C09"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>CONTACT</w:t>
       </w:r>
-      <w:r w:rsidR="00D30949" w:rsidRPr="00143F02">
+      <w:r w:rsidR="00E31787" w:rsidRPr="00143F02">
         <w:rPr>
           <w:color w:val="E46C09"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D30949" w:rsidRPr="2684732D">
+      <w:r w:rsidR="00E31787" w:rsidRPr="2684732D">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Author’s name, </w:t>
       </w:r>
-      <w:r w:rsidR="00D30949" w:rsidRPr="00143F02">
+      <w:r w:rsidR="00E31787" w:rsidRPr="00143F02">
         <w:rPr>
           <w:color w:val="E46C09"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
-        <w:t xml:space="preserve">E-Mail, </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>E-Mail</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31787" w:rsidRPr="00AE5DCD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31787" w:rsidRPr="00143F02">
+        <w:rPr>
+          <w:color w:val="E46C09"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E31787" w:rsidRPr="2684732D">
+        <w:rPr>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
         <w:t>Author’s affiliation, Affiliation address, ZIP code City, Country</w:t>
       </w:r>
-      <w:r w:rsidR="00D30949">
+      <w:r w:rsidR="00E31787">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00D30949">
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E31787">
+        <w:t>Author’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E31787">
+        <w:t xml:space="preserve"> ORCID </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E31787">
+        <w:t>iD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:sectPr w:rsidR="00F02697" w:rsidRPr="0026499B" w:rsidSect="00550C0D">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B236C02" w14:textId="77777777" w:rsidR="00F17FD2" w:rsidRDefault="00F17FD2" w:rsidP="003578EE">
+    <w:p w14:paraId="4FFE4DD1" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20" w:rsidP="003578EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F38988" w14:textId="77777777" w:rsidR="00F17FD2" w:rsidRDefault="00F17FD2"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="1C1264C8" w14:textId="77777777" w:rsidR="00F17FD2" w:rsidRDefault="00F17FD2"/>
+    <w:p w14:paraId="69FC1A7F" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="07917699" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="727F73BE" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="1E8827A7" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="6865ED3C" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="294B0026" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="3D51741E" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="78E07338" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="55B120C1" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B5E9302" w14:textId="77777777" w:rsidR="00F17FD2" w:rsidRDefault="00F17FD2" w:rsidP="003578EE">
+    <w:p w14:paraId="1CF1696A" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20" w:rsidP="003578EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="463A621B" w14:textId="77777777" w:rsidR="00F17FD2" w:rsidRDefault="00F17FD2"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="178CD215" w14:textId="77777777" w:rsidR="00F17FD2" w:rsidRDefault="00F17FD2"/>
+    <w:p w14:paraId="7465C206" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="7ED15B0F" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="409F4A75" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="39F835A8" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="022F4EFE" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="6BF61B65" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="5B85E994" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="3B5EB54C" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="3B5DF8FB" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6C3099A7" w14:textId="77777777" w:rsidR="00F17FD2" w:rsidRDefault="00F17FD2">
+    <w:p w14:paraId="7C350A25" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
-    <w:panose1 w:val="02020500000000000000"/>
+    <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="1566831269"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="7A4ABF4C" w14:textId="77777777" w:rsidR="00DE06B5" w:rsidRDefault="00DE06B5" w:rsidP="2684732D">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
@@ -949,100 +1291,100 @@
           <w:tabs>
             <w:tab w:val="left" w:pos="8789"/>
           </w:tabs>
           <w:ind w:right="360" w:hanging="426"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
             <w:color w:val="808080"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="008A4B51" w14:textId="77777777" w:rsidR="00F17FD2" w:rsidRDefault="00F17FD2" w:rsidP="00E678BF">
+    <w:p w14:paraId="42365EB9" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20" w:rsidP="00E678BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D7FD582" w14:textId="77777777" w:rsidR="00F17FD2" w:rsidRDefault="00F17FD2" w:rsidP="003578EE">
+    <w:p w14:paraId="3FF61B91" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20" w:rsidP="003578EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C2E9DDD" w14:textId="77777777" w:rsidR="00F17FD2" w:rsidRDefault="00F17FD2"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="5EBCAC6A" w14:textId="77777777" w:rsidR="00F17FD2" w:rsidRDefault="00F17FD2"/>
+    <w:p w14:paraId="5F8C6683" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="28458B74" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="0F03AF25" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="1B62D54B" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="399D5039" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="631B7A77" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="30360651" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="239D1829" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
+    <w:p w14:paraId="5CB4A25A" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3DECCDD3" w14:textId="77777777" w:rsidR="00F17FD2" w:rsidRDefault="00F17FD2">
+    <w:p w14:paraId="62145039" w14:textId="77777777" w:rsidR="00554B20" w:rsidRDefault="00554B20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="4DCF9935" w14:textId="77777777" w:rsidR="007B60AF" w:rsidRPr="00FE3BF4" w:rsidRDefault="007B60AF" w:rsidP="007B60AF">
+    <w:p w14:paraId="4DCF9935" w14:textId="77777777" w:rsidR="007B60AF" w:rsidRPr="00FE3BF4" w:rsidRDefault="007B60AF" w:rsidP="00A948E3">
       <w:pPr>
         <w:pStyle w:val="PFootnotes"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00FE3BF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B60AF">
+      <w:r w:rsidRPr="00A948E3">
         <w:t>Footnote</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3BF4">
         <w:t xml:space="preserve"> text.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3020"/>
       <w:gridCol w:w="3020"/>
       <w:gridCol w:w="3020"/>
     </w:tblGrid>
     <w:tr w:rsidR="2684732D" w14:paraId="06EE2406" w14:textId="77777777" w:rsidTr="2684732D">
       <w:trPr>
@@ -3215,479 +3557,510 @@
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1932543048">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1179469109">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="534118778">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1068839564">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1631013411">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-CH" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="nl-BE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-IE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="567"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="EN.InstantFormat" w:val="&lt;ENInstantFormat&gt;&lt;Enabled&gt;1&lt;/Enabled&gt;&lt;ScanUnformatted&gt;1&lt;/ScanUnformatted&gt;&lt;ScanChanges&gt;1&lt;/ScanChanges&gt;&lt;Suspended&gt;1&lt;/Suspended&gt;&lt;/ENInstantFormat&gt;"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="003578EE"/>
     <w:rsid w:val="00001FE0"/>
     <w:rsid w:val="00007C88"/>
     <w:rsid w:val="00010C3E"/>
     <w:rsid w:val="00015CAD"/>
     <w:rsid w:val="00015E90"/>
     <w:rsid w:val="00020B9C"/>
+    <w:rsid w:val="0002213B"/>
     <w:rsid w:val="00023808"/>
     <w:rsid w:val="000261EF"/>
     <w:rsid w:val="00030B16"/>
     <w:rsid w:val="00032FEB"/>
     <w:rsid w:val="0004611C"/>
     <w:rsid w:val="000606BB"/>
     <w:rsid w:val="00064F16"/>
+    <w:rsid w:val="000862CD"/>
     <w:rsid w:val="00086D4A"/>
     <w:rsid w:val="00094916"/>
     <w:rsid w:val="000A2021"/>
     <w:rsid w:val="000A4185"/>
     <w:rsid w:val="000A55CD"/>
     <w:rsid w:val="000C457A"/>
     <w:rsid w:val="000E13D5"/>
     <w:rsid w:val="000E46B1"/>
     <w:rsid w:val="000E77F3"/>
     <w:rsid w:val="000F3A5F"/>
     <w:rsid w:val="000F7EE5"/>
     <w:rsid w:val="00100360"/>
     <w:rsid w:val="001030B1"/>
     <w:rsid w:val="00127897"/>
     <w:rsid w:val="00134408"/>
     <w:rsid w:val="00160642"/>
     <w:rsid w:val="001660FB"/>
     <w:rsid w:val="00166E76"/>
     <w:rsid w:val="001722F3"/>
     <w:rsid w:val="001742B7"/>
     <w:rsid w:val="001852C8"/>
     <w:rsid w:val="00185A9A"/>
     <w:rsid w:val="00190FC9"/>
     <w:rsid w:val="001A07F0"/>
     <w:rsid w:val="001B255F"/>
     <w:rsid w:val="001B2945"/>
     <w:rsid w:val="001C1853"/>
     <w:rsid w:val="001C4E6D"/>
     <w:rsid w:val="001C6E34"/>
     <w:rsid w:val="001C7BF3"/>
     <w:rsid w:val="001C7D99"/>
+    <w:rsid w:val="001D4135"/>
     <w:rsid w:val="001E135B"/>
     <w:rsid w:val="001F2F02"/>
     <w:rsid w:val="001F74FD"/>
     <w:rsid w:val="00202EDA"/>
     <w:rsid w:val="00203579"/>
     <w:rsid w:val="00210346"/>
     <w:rsid w:val="0023336A"/>
     <w:rsid w:val="00233572"/>
     <w:rsid w:val="00234199"/>
     <w:rsid w:val="00240B83"/>
     <w:rsid w:val="00245668"/>
     <w:rsid w:val="00246752"/>
     <w:rsid w:val="0026010D"/>
     <w:rsid w:val="002624F2"/>
     <w:rsid w:val="0026499B"/>
     <w:rsid w:val="00281CD2"/>
     <w:rsid w:val="002869CC"/>
     <w:rsid w:val="002918DF"/>
     <w:rsid w:val="002A3D72"/>
     <w:rsid w:val="002B0F11"/>
     <w:rsid w:val="002C64B5"/>
+    <w:rsid w:val="002C7A72"/>
+    <w:rsid w:val="002D08CA"/>
     <w:rsid w:val="002F45F0"/>
+    <w:rsid w:val="00304E01"/>
     <w:rsid w:val="00305C2A"/>
     <w:rsid w:val="00310848"/>
     <w:rsid w:val="003118E2"/>
     <w:rsid w:val="0031375B"/>
     <w:rsid w:val="0031670D"/>
     <w:rsid w:val="0032519A"/>
     <w:rsid w:val="003343BF"/>
     <w:rsid w:val="00341149"/>
     <w:rsid w:val="003419D0"/>
     <w:rsid w:val="00343223"/>
     <w:rsid w:val="003578EE"/>
     <w:rsid w:val="00367F9E"/>
     <w:rsid w:val="003700C7"/>
     <w:rsid w:val="0037176B"/>
     <w:rsid w:val="00381170"/>
     <w:rsid w:val="00382699"/>
+    <w:rsid w:val="0039223D"/>
     <w:rsid w:val="003B6F0C"/>
     <w:rsid w:val="003C0104"/>
     <w:rsid w:val="003C2C25"/>
     <w:rsid w:val="003F30D3"/>
     <w:rsid w:val="003F7142"/>
     <w:rsid w:val="00403E4E"/>
+    <w:rsid w:val="00410090"/>
     <w:rsid w:val="00411DA1"/>
     <w:rsid w:val="00417B59"/>
     <w:rsid w:val="0042011F"/>
     <w:rsid w:val="00423346"/>
     <w:rsid w:val="00426820"/>
     <w:rsid w:val="004305D2"/>
     <w:rsid w:val="0043220E"/>
     <w:rsid w:val="00447967"/>
     <w:rsid w:val="00450BC4"/>
     <w:rsid w:val="004536CC"/>
     <w:rsid w:val="00454B5C"/>
     <w:rsid w:val="00456112"/>
     <w:rsid w:val="00476CB8"/>
     <w:rsid w:val="004775F2"/>
     <w:rsid w:val="004859D4"/>
     <w:rsid w:val="00486AD6"/>
     <w:rsid w:val="004878BD"/>
     <w:rsid w:val="00491C9D"/>
     <w:rsid w:val="00491EF5"/>
     <w:rsid w:val="004A1426"/>
     <w:rsid w:val="004A15F3"/>
+    <w:rsid w:val="004A3325"/>
     <w:rsid w:val="004A56BD"/>
     <w:rsid w:val="004B254F"/>
     <w:rsid w:val="004B258F"/>
     <w:rsid w:val="004B5324"/>
     <w:rsid w:val="004C6A50"/>
     <w:rsid w:val="004D4A9A"/>
     <w:rsid w:val="004E01FF"/>
     <w:rsid w:val="004E1067"/>
     <w:rsid w:val="004E1738"/>
     <w:rsid w:val="004F2748"/>
     <w:rsid w:val="0050352E"/>
     <w:rsid w:val="00506995"/>
     <w:rsid w:val="00506CDD"/>
     <w:rsid w:val="005078AB"/>
     <w:rsid w:val="00514EAF"/>
     <w:rsid w:val="00520746"/>
     <w:rsid w:val="00533ECD"/>
     <w:rsid w:val="00546682"/>
     <w:rsid w:val="00547562"/>
     <w:rsid w:val="00550C0D"/>
+    <w:rsid w:val="00554B20"/>
     <w:rsid w:val="0056363B"/>
     <w:rsid w:val="00571359"/>
     <w:rsid w:val="0058043D"/>
     <w:rsid w:val="005864EB"/>
     <w:rsid w:val="005A70A1"/>
     <w:rsid w:val="005A790B"/>
+    <w:rsid w:val="005B0C1E"/>
     <w:rsid w:val="005B15BA"/>
     <w:rsid w:val="005D3B56"/>
     <w:rsid w:val="005E107E"/>
     <w:rsid w:val="005F4F39"/>
     <w:rsid w:val="005F7F85"/>
     <w:rsid w:val="0060094F"/>
     <w:rsid w:val="006010B5"/>
     <w:rsid w:val="00604BE7"/>
     <w:rsid w:val="00607490"/>
     <w:rsid w:val="0062097D"/>
     <w:rsid w:val="006256CB"/>
     <w:rsid w:val="006271B6"/>
     <w:rsid w:val="006338E4"/>
     <w:rsid w:val="0063431F"/>
     <w:rsid w:val="00640A81"/>
+    <w:rsid w:val="006413BF"/>
     <w:rsid w:val="00645139"/>
     <w:rsid w:val="00647F99"/>
     <w:rsid w:val="00657783"/>
+    <w:rsid w:val="00662AA3"/>
     <w:rsid w:val="00671B8A"/>
     <w:rsid w:val="00671F60"/>
     <w:rsid w:val="00675C48"/>
+    <w:rsid w:val="0067709A"/>
+    <w:rsid w:val="00681109"/>
     <w:rsid w:val="00685CA9"/>
     <w:rsid w:val="00687097"/>
     <w:rsid w:val="00694B2A"/>
     <w:rsid w:val="0069752E"/>
+    <w:rsid w:val="006A3B9F"/>
     <w:rsid w:val="006A64CB"/>
     <w:rsid w:val="006B071D"/>
     <w:rsid w:val="006B1524"/>
     <w:rsid w:val="006B4158"/>
     <w:rsid w:val="006C2169"/>
     <w:rsid w:val="006C4052"/>
     <w:rsid w:val="006C602D"/>
     <w:rsid w:val="006D33C8"/>
     <w:rsid w:val="006D49A6"/>
     <w:rsid w:val="006F6B26"/>
     <w:rsid w:val="00707876"/>
     <w:rsid w:val="00707BC9"/>
     <w:rsid w:val="00717A3A"/>
     <w:rsid w:val="00727858"/>
     <w:rsid w:val="007278C7"/>
     <w:rsid w:val="00730769"/>
     <w:rsid w:val="00745D74"/>
     <w:rsid w:val="00750285"/>
+    <w:rsid w:val="00750BE2"/>
     <w:rsid w:val="00760014"/>
     <w:rsid w:val="00760900"/>
     <w:rsid w:val="00762B32"/>
     <w:rsid w:val="00763EE4"/>
     <w:rsid w:val="00765D2D"/>
     <w:rsid w:val="007671E9"/>
     <w:rsid w:val="007747D9"/>
     <w:rsid w:val="00776C22"/>
     <w:rsid w:val="00776E17"/>
     <w:rsid w:val="00777B8E"/>
     <w:rsid w:val="0078413E"/>
     <w:rsid w:val="0079121E"/>
     <w:rsid w:val="00792407"/>
     <w:rsid w:val="007A0983"/>
     <w:rsid w:val="007A1B28"/>
     <w:rsid w:val="007A5E36"/>
     <w:rsid w:val="007B418E"/>
     <w:rsid w:val="007B469D"/>
     <w:rsid w:val="007B60AF"/>
+    <w:rsid w:val="007C029F"/>
     <w:rsid w:val="007C6D83"/>
     <w:rsid w:val="007E41DB"/>
     <w:rsid w:val="007F2F4F"/>
     <w:rsid w:val="0080205B"/>
     <w:rsid w:val="008037C9"/>
     <w:rsid w:val="008170C9"/>
     <w:rsid w:val="00822A54"/>
     <w:rsid w:val="00832C4A"/>
     <w:rsid w:val="008418DA"/>
     <w:rsid w:val="0085273B"/>
     <w:rsid w:val="00855EB7"/>
     <w:rsid w:val="00867651"/>
     <w:rsid w:val="008800FA"/>
     <w:rsid w:val="008A6A76"/>
     <w:rsid w:val="008A7668"/>
     <w:rsid w:val="008B0005"/>
+    <w:rsid w:val="008B39C2"/>
     <w:rsid w:val="008B6CBB"/>
     <w:rsid w:val="008C37C2"/>
     <w:rsid w:val="008C63B3"/>
     <w:rsid w:val="008D228E"/>
     <w:rsid w:val="008D6FEE"/>
     <w:rsid w:val="008E26A9"/>
     <w:rsid w:val="008E2BE7"/>
     <w:rsid w:val="008E7BF8"/>
     <w:rsid w:val="00915233"/>
     <w:rsid w:val="00917666"/>
     <w:rsid w:val="0093257D"/>
     <w:rsid w:val="0093303D"/>
     <w:rsid w:val="00934850"/>
     <w:rsid w:val="00942030"/>
     <w:rsid w:val="0094261F"/>
     <w:rsid w:val="0094325B"/>
     <w:rsid w:val="00943968"/>
     <w:rsid w:val="009448E8"/>
     <w:rsid w:val="00953372"/>
     <w:rsid w:val="00953671"/>
     <w:rsid w:val="00972E4F"/>
     <w:rsid w:val="0097399D"/>
     <w:rsid w:val="009828F6"/>
     <w:rsid w:val="00983BD1"/>
     <w:rsid w:val="00985F2D"/>
     <w:rsid w:val="00991EE4"/>
     <w:rsid w:val="009979A3"/>
     <w:rsid w:val="009B5E92"/>
     <w:rsid w:val="009C1466"/>
     <w:rsid w:val="009C5826"/>
     <w:rsid w:val="009C6850"/>
     <w:rsid w:val="009D0155"/>
     <w:rsid w:val="009F0764"/>
     <w:rsid w:val="009F136F"/>
     <w:rsid w:val="009F2025"/>
     <w:rsid w:val="00A01F53"/>
     <w:rsid w:val="00A10496"/>
+    <w:rsid w:val="00A14BDE"/>
     <w:rsid w:val="00A16076"/>
     <w:rsid w:val="00A1772B"/>
     <w:rsid w:val="00A203B2"/>
+    <w:rsid w:val="00A35577"/>
     <w:rsid w:val="00A448C7"/>
     <w:rsid w:val="00A50ABE"/>
     <w:rsid w:val="00A51D26"/>
     <w:rsid w:val="00A56595"/>
     <w:rsid w:val="00A57931"/>
     <w:rsid w:val="00A6550A"/>
     <w:rsid w:val="00A75333"/>
+    <w:rsid w:val="00A83B3D"/>
     <w:rsid w:val="00A90B6E"/>
+    <w:rsid w:val="00A948E3"/>
     <w:rsid w:val="00AB5F0D"/>
     <w:rsid w:val="00AB7BE0"/>
     <w:rsid w:val="00AC71EB"/>
     <w:rsid w:val="00AE5582"/>
     <w:rsid w:val="00AE570F"/>
     <w:rsid w:val="00AF0F59"/>
     <w:rsid w:val="00AF5B59"/>
     <w:rsid w:val="00AF5E93"/>
     <w:rsid w:val="00AF6179"/>
     <w:rsid w:val="00B17908"/>
     <w:rsid w:val="00B218DC"/>
     <w:rsid w:val="00B3127C"/>
     <w:rsid w:val="00B5000F"/>
     <w:rsid w:val="00B51627"/>
     <w:rsid w:val="00B537E1"/>
     <w:rsid w:val="00B53F78"/>
     <w:rsid w:val="00B60914"/>
     <w:rsid w:val="00B6518C"/>
     <w:rsid w:val="00B74EE2"/>
     <w:rsid w:val="00B751DA"/>
     <w:rsid w:val="00B90433"/>
     <w:rsid w:val="00BB0D3C"/>
     <w:rsid w:val="00BB21B0"/>
     <w:rsid w:val="00BB422F"/>
     <w:rsid w:val="00BB63D8"/>
+    <w:rsid w:val="00BC2E9F"/>
     <w:rsid w:val="00BE4E30"/>
     <w:rsid w:val="00BE7638"/>
     <w:rsid w:val="00BF4B24"/>
     <w:rsid w:val="00C07BCE"/>
     <w:rsid w:val="00C16414"/>
     <w:rsid w:val="00C25D26"/>
     <w:rsid w:val="00C3600D"/>
     <w:rsid w:val="00C403B8"/>
     <w:rsid w:val="00C43CC9"/>
     <w:rsid w:val="00C463FC"/>
     <w:rsid w:val="00C47218"/>
     <w:rsid w:val="00C5576E"/>
     <w:rsid w:val="00C573F1"/>
     <w:rsid w:val="00C57C48"/>
     <w:rsid w:val="00C57CF4"/>
     <w:rsid w:val="00C644FE"/>
     <w:rsid w:val="00C7259D"/>
     <w:rsid w:val="00C74EC2"/>
     <w:rsid w:val="00C7781C"/>
     <w:rsid w:val="00C84AB0"/>
     <w:rsid w:val="00C861E4"/>
     <w:rsid w:val="00C87D0B"/>
     <w:rsid w:val="00C94138"/>
     <w:rsid w:val="00CA5141"/>
     <w:rsid w:val="00CA53D7"/>
     <w:rsid w:val="00CA554E"/>
     <w:rsid w:val="00CA5FA1"/>
     <w:rsid w:val="00CB12D8"/>
     <w:rsid w:val="00CE0643"/>
     <w:rsid w:val="00CE2869"/>
     <w:rsid w:val="00CF1F8C"/>
     <w:rsid w:val="00D04E3B"/>
     <w:rsid w:val="00D0713E"/>
     <w:rsid w:val="00D11337"/>
     <w:rsid w:val="00D20787"/>
     <w:rsid w:val="00D20A7B"/>
     <w:rsid w:val="00D22BF2"/>
     <w:rsid w:val="00D24A6A"/>
     <w:rsid w:val="00D268B9"/>
+    <w:rsid w:val="00D27522"/>
     <w:rsid w:val="00D30949"/>
     <w:rsid w:val="00D359E6"/>
     <w:rsid w:val="00D425A2"/>
     <w:rsid w:val="00D46BD4"/>
     <w:rsid w:val="00D46E11"/>
     <w:rsid w:val="00D52615"/>
+    <w:rsid w:val="00D73FD0"/>
     <w:rsid w:val="00D77574"/>
     <w:rsid w:val="00D91788"/>
+    <w:rsid w:val="00D96B7F"/>
     <w:rsid w:val="00DB243F"/>
     <w:rsid w:val="00DB4C58"/>
     <w:rsid w:val="00DB5734"/>
     <w:rsid w:val="00DB7652"/>
     <w:rsid w:val="00DC7C27"/>
     <w:rsid w:val="00DD0F5F"/>
     <w:rsid w:val="00DD6832"/>
     <w:rsid w:val="00DE06B5"/>
     <w:rsid w:val="00DE1E51"/>
     <w:rsid w:val="00DE7362"/>
     <w:rsid w:val="00DF6E57"/>
     <w:rsid w:val="00DF7681"/>
     <w:rsid w:val="00E04605"/>
     <w:rsid w:val="00E11405"/>
     <w:rsid w:val="00E12124"/>
     <w:rsid w:val="00E309A4"/>
+    <w:rsid w:val="00E31787"/>
     <w:rsid w:val="00E321C8"/>
     <w:rsid w:val="00E32D83"/>
     <w:rsid w:val="00E41CE1"/>
     <w:rsid w:val="00E46F60"/>
     <w:rsid w:val="00E548CF"/>
     <w:rsid w:val="00E60C41"/>
     <w:rsid w:val="00E63451"/>
     <w:rsid w:val="00E63C0D"/>
     <w:rsid w:val="00E678BF"/>
     <w:rsid w:val="00E679AD"/>
     <w:rsid w:val="00E67C04"/>
     <w:rsid w:val="00E71DD5"/>
     <w:rsid w:val="00E77173"/>
     <w:rsid w:val="00E83A30"/>
     <w:rsid w:val="00E84F79"/>
     <w:rsid w:val="00E85C8F"/>
     <w:rsid w:val="00EC13D0"/>
     <w:rsid w:val="00ED29E0"/>
     <w:rsid w:val="00ED4D64"/>
     <w:rsid w:val="00ED4D7C"/>
     <w:rsid w:val="00ED4F45"/>
     <w:rsid w:val="00ED75C9"/>
     <w:rsid w:val="00EE17D6"/>
     <w:rsid w:val="00EE212A"/>
     <w:rsid w:val="00EE3D27"/>
     <w:rsid w:val="00EF0DB9"/>
     <w:rsid w:val="00F02697"/>
     <w:rsid w:val="00F161D3"/>
     <w:rsid w:val="00F17FD2"/>
     <w:rsid w:val="00F335ED"/>
     <w:rsid w:val="00F3694A"/>
     <w:rsid w:val="00F578C1"/>
     <w:rsid w:val="00F619C6"/>
     <w:rsid w:val="00F64A34"/>
     <w:rsid w:val="00F663D9"/>
     <w:rsid w:val="00F73015"/>
     <w:rsid w:val="00F7746F"/>
     <w:rsid w:val="00F828DB"/>
     <w:rsid w:val="00F82C90"/>
     <w:rsid w:val="00F9369A"/>
+    <w:rsid w:val="00F94E24"/>
     <w:rsid w:val="00FA0F04"/>
     <w:rsid w:val="00FA390B"/>
     <w:rsid w:val="00FA50F5"/>
     <w:rsid w:val="00FB0F2E"/>
     <w:rsid w:val="00FB443B"/>
     <w:rsid w:val="00FD06C7"/>
     <w:rsid w:val="00FD78FE"/>
     <w:rsid w:val="00FE08CC"/>
     <w:rsid w:val="00FE1135"/>
     <w:rsid w:val="00FE3BF4"/>
     <w:rsid w:val="04663FE4"/>
     <w:rsid w:val="0F1F61D5"/>
     <w:rsid w:val="11AB563B"/>
     <w:rsid w:val="18D5A361"/>
     <w:rsid w:val="1D559E28"/>
     <w:rsid w:val="1F84F18E"/>
     <w:rsid w:val="2684732D"/>
     <w:rsid w:val="283D69B6"/>
     <w:rsid w:val="2AC1B7A2"/>
     <w:rsid w:val="2BE98AE7"/>
     <w:rsid w:val="2DBE6326"/>
     <w:rsid w:val="2DDBD900"/>
     <w:rsid w:val="2E8C1EEA"/>
     <w:rsid w:val="2FFBAF6F"/>
     <w:rsid w:val="35E4F098"/>
@@ -3709,51 +4082,51 @@
     <w:rsid w:val="75F1A79A"/>
     <w:rsid w:val="7B8F2FAB"/>
     <w:rsid w:val="7FEBC58C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="50BA3DA6"/>
   <w15:docId w15:val="{F7621689-6B3B-4C49-9BB8-490664316F98}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
@@ -4159,50 +4532,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre2Car"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003578EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
     <w:name w:val="Titre 1 Car"/>
@@ -4929,51 +5303,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1146509259">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.com/news/business-50419127" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.com/news/technology-64959346" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/003817ar" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1075/btl.95" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/1750399X.2021.1880308" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5214,65 +5588,65 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D8226AF-74C7-4271-B5B0-E24B1F6B1099}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>301</Words>
-  <Characters>1657</Characters>
+  <Words>365</Words>
+  <Characters>2012</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1955</CharactersWithSpaces>
+  <CharactersWithSpaces>2373</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tobias Wehrli</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>